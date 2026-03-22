--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -10,110 +10,1045 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="331">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2417</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Marquinhos Tirinha</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2417/indicacao_001_contruir_praca_no_inicio_da_rua_da_linha__marcus.docx</t>
+  </si>
+  <si>
+    <t>Construir uma Pequena Praça no início da Rua Antônio José Soares (Rua da Linha).</t>
+  </si>
+  <si>
+    <t>2418</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Maguinho do B U</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2418/indicacao_002_aquisicao_de_novo_onibus_para_tarifa_magno.docx</t>
+  </si>
+  <si>
+    <t>Adquirir um Novo ônibus para melhor atendimento aos usuários do Programa Tarifa Zero.</t>
+  </si>
+  <si>
+    <t>2419</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Vino</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2419/indicacao_003_poste_silvio_bastos_ericeira_vino.docx</t>
+  </si>
+  <si>
+    <t>Colocação deum poste de iluminação na Avenida Silvio Bastos número 602, em frente á casa do " Sr. Vadinho" no bairro de Ericeira.</t>
+  </si>
+  <si>
+    <t>2420</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2420/indicacao_004_quebra_molas_na_rua_antonio_bruno_vino.docx</t>
+  </si>
+  <si>
+    <t>Colocação de um quebra molas na Rua Antônio Bruno na altura do nº 154.</t>
+  </si>
+  <si>
+    <t>2421</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2421/indicacao_005_bueiro_prox_ao_campo_ericeira_vino.docx</t>
+  </si>
+  <si>
+    <t>Reparo de bueiro na Avenida Silvio Bastos, em frente ao campo, no Bairro de Ericeira.</t>
+  </si>
+  <si>
+    <t>2422</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2422/indicacao_006_calcamento_20_m_av_silvio_bastos_vino.docx</t>
+  </si>
+  <si>
+    <t>Calçamento da Avenida Silvio Bastos nº 760 em frente ao Beco da Cooperativa, no Bairro de Ericeira.</t>
+  </si>
+  <si>
+    <t>2423</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2423/indicacao_007_transformar_escola_de_ericeira_marcus.docx</t>
+  </si>
+  <si>
+    <t>Transformar a Escola da Localidade de Ericeira em uma creche, pois a mesma se encontra fechada.</t>
+  </si>
+  <si>
+    <t>2424</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2424/indicacao_008_melhoria_na_estrada_que_liga_ericeira_a_serraria_marcus.docx</t>
+  </si>
+  <si>
+    <t>Que sejam realizadas adequações e melhorias na estrada que liga o Bairro de Ericeira e Serraria, visto que se encontra com muitos buracos dificultando a passagem de veículos.</t>
+  </si>
+  <si>
+    <t>2425</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2425/indicacao_009_captacao_e_nivelamento_rua_da_linha_marcus.docx</t>
+  </si>
+  <si>
+    <t>Solicitar que a rua Antônio José Soares (Rua da Linha) no Bairro de Ericeira, que seja realizada uma captação e nivelamento visto que desce muita a=água de cima do morro.</t>
+  </si>
+  <si>
+    <t>2426</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2426/indicacao_010_calcamento_de_ericeira_a_serraria_marcus.docx</t>
+  </si>
+  <si>
+    <t>Realizar o calçamento das estradas que ligam Ericeira a Serraria e Ericeira ao Centro de Santana.</t>
+  </si>
+  <si>
+    <t>2427</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2427/indicacao_011__melhorias_na_iluminacao_e_calcamento_da_rua_da_linha_marcus.docx</t>
+  </si>
+  <si>
+    <t>Realizar melhorias na iluminação e calçamento da Rua Antônio José Soares (Rua da Lina) no bairro de Ericeira.</t>
+  </si>
+  <si>
+    <t>2428</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2428/indicacao_012__instalacao_de_poste_em_ericeira_marcus.docx</t>
+  </si>
+  <si>
+    <t>Providenciar, com urgência, um poste de energia elétrica na rua ao lado da igreja de Ericeira, uma vez que o local se encontra sem iluminação.</t>
+  </si>
+  <si>
+    <t>2429</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2429/indicacao_013__aquisicao_de_implementos_rurais_marcus.docx</t>
+  </si>
+  <si>
+    <t>Aquisição de implementos para atender pequenos e médios produtores rurais do nosso município.</t>
+  </si>
+  <si>
+    <t>2430</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2430/indicacao_014__contratacao_de_cardiologista_para_ericeira_marcus.docx</t>
+  </si>
+  <si>
+    <t>Verifique a possibilidade de enviar o cardiologista que atende na UBS do Centro para atendimento no bairro de Ericeira.</t>
+  </si>
+  <si>
+    <t>2431</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2431/indicacao_015__limpeza_de_toda_extensao_da_portelinha_e_trilhos_marcus.docx</t>
+  </si>
+  <si>
+    <t>Realização de roçada e limpeza em toda extensão da localidade da Portelinha, bem como reparo da pavimentação das suas ruas, principalmente nos trilhos da linha, onde á passagem de pedestres.</t>
+  </si>
+  <si>
+    <t>2433</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2433/indicacao_016_coleta_de_lixo_na_fazenda_cachoeira_marcus.docx</t>
+  </si>
+  <si>
+    <t>Realização de coleta de lixo na Fazenda da Cachoeira duas vezes ao mês.</t>
+  </si>
+  <si>
+    <t>2434</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2434/indicacao_017_implantacao_de_informatizacao_do_sistema_de_sus__marcus.docx</t>
+  </si>
+  <si>
+    <t>Possibilidade de implantação da informatização do Sistema Municipal de Saúde, em conformidade com a Portaria nº 2.073, de 31 de agosto de 2011, do Ministério da Saúde, que regulamenta o uso de padrões de interoperabilidade e informação em saúde para sistemas no âmbito do SUS.</t>
+  </si>
+  <si>
+    <t>2435</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2435/indicacao_018_instalacao_de_cameras_de_seguranca_marcus.docx</t>
+  </si>
+  <si>
+    <t>Verifique a possibilidade de instalação de câmeras de segurança no município, especialmente nos principais pontos de entrada e saída da cidade.</t>
+  </si>
+  <si>
+    <t>2436</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Cacá</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2436/indicacao_019_placa_de_sinalizacao_na_rua_candido_ferreira_luiz_carlos.docx</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de colocar placas de sinalização de Proibido estacionar em um dos sentidos da Rua Cândido Ferreira.</t>
+  </si>
+  <si>
+    <t>2437</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2437/indicacao_020_instalacao_de_ponto_de_onibus_em_serraria__marcus.docx</t>
+  </si>
+  <si>
+    <t>Instalação de um ponto de ônibus na localidade de Serraria, próximo à casa de ração, a fim de atender os usuários do transporte público.</t>
+  </si>
+  <si>
+    <t>2438</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2438/indicacao_021_iluminacao_da_quadra_ate_a_pedreira_marcus.docx</t>
+  </si>
+  <si>
+    <t>Dar continuidade da iluminação pública após a quadra até a pedreira, nas proximidades da residência da Sra. Ana, no sentido Souza Aguiar.</t>
+  </si>
+  <si>
+    <t>2439</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Lucinho</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2439/indicacao_022_estudo_concursados_da_rede_municipal_de_ensino_infantil_lucio.docx</t>
+  </si>
+  <si>
+    <t>Seja realizado um estudo, com a maior agilidade possível, sobre os Concursados da nossa rede Municipal de educação Infantil, para que sejam enquadrados na Lei nº 15326/2026.</t>
+  </si>
+  <si>
+    <t>2456</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Zé Carlos</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2456/indicacao_023_barragem_de_ericeira_-_vino_andre_lucio_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de realizar o levantamento da represa localizada bairro Ericeira, neste Município, cujas fotos seguem em anexo.</t>
+  </si>
+  <si>
+    <t>2457</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2457/indicacao_024_ladrao_da_barragem_de_ericeira_-_vino_lucio_andre_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de desentupir o ladrão da represa localizada no bairro Ericeira, neste Município.</t>
+  </si>
+  <si>
+    <t>2458</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2458/indicacao_025_vazamento_do_reservatorio_de_ericeira_-_comissao_de_obras.docx</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de consertar o vazamento na caixa de reservatório de água localizada no bairro Ericeira, neste Município, bem como fechá-la com tampa adequada.</t>
+  </si>
+  <si>
+    <t>2459</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2459/indicacao_026_desvio_de_agua_da_represa_de_ericeira_-vino_lucio_andre_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar um estudo técnico a fim de verificar a necessidade e possibilidade de desviar a água da represa, localizada no bairro de Ericeira, neste Município, a fim de evitar o excesso e, se possível, realizar uma curva de nível.</t>
+  </si>
+  <si>
+    <t>2462</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2462/indicacao_027_manilhamento_da_estrada_de_ericeira_-_vino_lucio_jose_e_andre.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de aterrar e instalar manilhas nas valetas da Av. Silvio Bastos, conhecida como Rua principal de Ericeira, próxima ao campo, até chegar ao rio, tendo em vista que o solo apresenta erosões que estão descalçando e rachando a calçada, pondo em risco os transeuntes, conforme imagens que seguem em anexo.</t>
+  </si>
+  <si>
+    <t>2463</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2463/indicacao_028_mata_burro_de_ericeira_-_vino_andre_lucio_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar o aumento e reforço da estrutura do “mata burro” localizado na Rua José Eugênio Soares, popularmente conhecida como “Rua da Linha” a fim de possibilitar a passagem de veículos grandes, principalmente caminhão pipa, conforme imagens que seguem em anexo.</t>
+  </si>
+  <si>
+    <t>2464</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2464/indicacao_029_sustentacao_da_caixa_dagua_de_ericeira_-_andre_vino_lucio_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar a sustentação da 2º caixa d’água localizada no bairro de Ericeira, uma vez que se encontra descalçando, conforme imagens que seguem em anexo.</t>
+  </si>
+  <si>
+    <t>2465</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2465/indicacao_030_tampa_do_poco_artesiano_de_ericeira_-_vino__andre_lucio_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de instalar uma tampa no poço artesiano que recebe a água do reservatório localizado no bairro de Ericeira, neste Município, uma vez que se encontra destampada, sujeita à presença de insetos e contaminação, pondo em risco a saúde da população, conforme fotos em anexo.</t>
+  </si>
+  <si>
+    <t>2466</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2466/indicacao_031__tampa_da_caixe_de_energia_do_poco_de_ericeira_-_vino_lucio_andre_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de instalar uma tampa na caixa elétrica subterrânea onde fica a instalação elétrica do poço artesiano, uma vez que a abertura existente põe a população em risco de acidentes, conforme fotos em anexo.</t>
+  </si>
+  <si>
+    <t>2467</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2467/indicacao_032_limpeza_da_valeta_em_ericeira_-_vino_lucio_andre_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de limpar a valeta que dá acesso ao poço artesiano localizado no bairro de Ericeira, neste Município, uma vez que está oferecendo risco de erosão do solo e acidentes, conforme fotos em anexo.</t>
+  </si>
+  <si>
+    <t>2468</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2468/indicacao_033_caixa_dagua_20.000_l_em_ericeira_-_vino_lucio_andre_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de dar utilidade à caixa d’água de 20 mil litros que se encontra inutilizável, conforme foto em anexo.</t>
+  </si>
+  <si>
+    <t>2469</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2469/indicacao_034_limpeza_ao_redor_dos_reservatorios_em_ericeira_-vino_lucio_andre_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar limpeza em torno dos reservatórios de água localizados no bairro de Ericeira, neste Município.</t>
+  </si>
+  <si>
+    <t>2470</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2470/indicacao_035_tampa_do_reservatorio_em_ericeira_-_vino_jose__andre_e_lucio.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de providenciar uma tampa para o reservatório de água de 20.000 (vinte mil) litros, localizado no bairro de Ericeira, neste Município, pois está coberto com telha, conforme fotos em anexo.</t>
+  </si>
+  <si>
+    <t>2471</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2471/indicacao_036_retirada_de_entulios_do_reservatorio_em_ericeira_-_vino_lucio_lucas_e_andre.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de retirar os entulhos que se encontram em cima dos reservatórios, localizados no bairro de Ericeira, neste Município, pois está coberto com telha, conforme fotos em anexo.</t>
+  </si>
+  <si>
+    <t>2472</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2472/indicacao_037_construcao_de_cerca_no_reservatorio_em_ericeira_-_vino_lucio_jose_e_andre.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de construir uma cerca de proteção ao redor dos reservatórios de água localizados no bairro de Ericeira, neste Município.</t>
+  </si>
+  <si>
+    <t>2473</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2473/indicacao_038_troca_do_encanamento_em_ericeira_-_vino_lucio_andre_e_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar a substituição do encanamento que conduz água à população do bairro de Ericeira, neste Município.</t>
+  </si>
+  <si>
+    <t>2474</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2474/indicacao_039_coleta_de_lixo_em_ericeira_marcus.docx</t>
+  </si>
+  <si>
+    <t>Que verifique a possibilidade de realizar a coleta de lixo no bairro de Ericeira duas vezes por semana, a coleta atualmente é realizada apenas uma vez, o que não supre a demanda daquela localidade, ocasionando assim, acúmulos de lixo, causando transtornos aos moradores.</t>
+  </si>
+  <si>
+    <t>2475</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2475/indicacao_040_calcamento_rua_da_estacao_serraria_marcus.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar um calçamento Na Rua da Estação no bairro Serraria.</t>
+  </si>
+  <si>
+    <t>2476</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2476/indicacao_041_lampada_na_subida_do_cruzeiro_-_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar colocar lâmpadas no poste na Rua Antônio Rosa na subida do Cruzeiro.</t>
+  </si>
+  <si>
+    <t>2477</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2477/indicacao_042_reapro_das_manilhas_na_rua_francelino_correa_-_jose.docx</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de realizar reparo e ampliar a extensão das manilhas localizadas na Rua Francelino Correia próximo a residência da Sra. Heloisa Lopes.</t>
+  </si>
+  <si>
+    <t>2478</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>André Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Estude a Possibilidade  de construir Quebras mola na Rua Francelino Correa .</t>
+  </si>
+  <si>
+    <t>2479</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de colocar uma placa de sinalização com a indicação das localidades de Silveira Lobo, Sossego e da cidade de Pequeri, no trevo da entrada principal da cidade(centro)</t>
+  </si>
+  <si>
+    <t>2480</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Verifique a possibilidade de troca de lâmpadas que se encontram queimadas e iluminação em Ruas que não possuem , situadas no bairro de Silveira Lobo.</t>
+  </si>
+  <si>
+    <t>2481</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Realize a instalação de iluminação necessária na estrada que liga Serraria a Ericeira, número 68, logo após o Portal do Cavalo, existem no local dois postes que se encontram sem a devida iluminação.</t>
+  </si>
+  <si>
+    <t>2482</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Realize a instalação de iluminação necessária, em ruas do Bairro Migliano que se encontram sem a devida iluminação, visto que o local se encontra muito escuro e assim ficando perigoso para os munícipes.</t>
+  </si>
+  <si>
+    <t>2483</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de reformar 3 pontos de ônibus localizados no Bairro Ericeira,_x000D_
+Localizados na Usina, Próximo a casa do Ocimar e do bar da Zanza.</t>
+  </si>
+  <si>
+    <t>2484</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Marquinhos Tirinha, Lucinho</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de estender a calçada da entrada da Cidade( Portal), até o trevo sentido Silveira Lobo, ou se possível até a entrada da mina _x000D_
+d’água.</t>
+  </si>
+  <si>
+    <t>2487</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de colocar uma placa de Sinalização de Carga e descarga na Rua Marechal Francisco Damasceno Ferreira Portugal em frente à loja Planeta Rural.</t>
+  </si>
+  <si>
+    <t>2488</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de colocar uma placa de Sinalização no alto da serra sentido Sossego, próximo ao acesso a Fazenda Cachoeira, indicando Sossego e Pequeri.</t>
+  </si>
+  <si>
+    <t>2489</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de construir Pórtico na entrada dos Bairros, Ericeira, Sossego, Migliano e Silveira Lobo, no mesmo padrão dos já existentes no Centro e no Bairro das Flores.</t>
+  </si>
+  <si>
+    <t>2490</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Verifique a possibilidade de disponibilizar lanche para os pacientes que são transportados até a ACISPES para realização de exames.</t>
+  </si>
+  <si>
+    <t>2491</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Melhorias no Posto de Saúde de Silveira Lobo.</t>
+  </si>
+  <si>
+    <t>2493</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Sinalização da Praça Mauro Roquete Pinto.</t>
+  </si>
+  <si>
+    <t>2494</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de refazer o Calçamento na Rua Francelino Correa na altura do Terraço Bar.</t>
+  </si>
+  <si>
+    <t>2492</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de construir 2 quebra-molas na Rua Antônio Bruno na altura do nº 152 localizado em Ericeira.</t>
+  </si>
+  <si>
+    <t>2499</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de realizar reforma e reestruturação da ponte e calçamento da rampa de Acesso ao Sitio onde reside a família do Sr Emiliano situado na Estrada Municipal que liga Ericeira a Serraria.</t>
+  </si>
+  <si>
+    <t>2500</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de construção de um mata-burro na divisa da Saibreira com a Fazenda São Marcus e do Sitio Nossa Senhora Aparecida.</t>
+  </si>
+  <si>
+    <t>2501</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>Solicitar que seja realizada uma limpeza das vias públicas e nas estradas de rodagem, com atenção em especial na do bairro de Sossego que liga a Silveira Lobo e do centro de Santana a Serraria.</t>
+  </si>
+  <si>
+    <t>2503</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>Faça a colocação de coletor de pilhas e baterias, em todos os órgãos públicos, pois são produtos largamente utilizados no cotidiano das residências, comércios e indústrias.</t>
+  </si>
+  <si>
+    <t>2502</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de construir  quebra-molas próximo ao Bar do Cleiton ou se possível levantar o quebra-molas em frente à igreja e os postos de saúde de Santana do Deserto.</t>
+  </si>
+  <si>
+    <t>2504</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>Que realize a limpeza necessária das ruas do bairro de Sossego, assim como a colocação de novos latões de lixo.</t>
+  </si>
+  <si>
+    <t>2505</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>Lukinha</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de realizar melhorias no campo de futebol localizado no Bairro de Ericeira, como refletores, arquibancada com vigas de concreto, reformas nos vestiários e tela nova ao redor do campo.</t>
+  </si>
+  <si>
+    <t>2506</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Uniformes para Servidores Públicos Municipais.</t>
+  </si>
+  <si>
+    <t>2442</t>
+  </si>
+  <si>
+    <t>MAPLA</t>
+  </si>
+  <si>
+    <t>Moção de Apalusos</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2442/mocao_de_aplausos_no_001_leandra-_jose.docx</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Santana do Deserto manifesta as suas congratulações e agradecimentos a senhora Leandra Zacarone Afonso.</t>
+  </si>
+  <si>
+    <t>2443</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2443/mocao_de_aplausos_no_002_rosemar___marcus.docx</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Santana do Deserto manifesta as suas congratulações e agradecimentos ao senhor Rosemar Grossi Ribeiro.</t>
+  </si>
+  <si>
+    <t>2444</t>
+  </si>
+  <si>
+    <t>PINFO</t>
+  </si>
+  <si>
+    <t>Pedido de Informação</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2444/pedido_de_informacao_001_-_ver_lucas_-_professores_educacao_infantil.docx</t>
+  </si>
+  <si>
+    <t>Em atenção à Lei nº 15.326, de 6 de janeiro de 2026, que altera a Lei nº 11.738/2008 e a Lei nº 9.394/1996 (LDB) para incluir os professores da educação infantil como profissionais do magistério, venho, respeitosamente, solicitar informações detalhadas acerca das medidas que serão adotadas pelo Poder Executivo Municipal para assegurar o cumprimento integral desta legislação.</t>
+  </si>
+  <si>
+    <t>2445</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2445/pedido_de_informacao_002_informacoesdo_carnaval_2026_jose_carlos.docx</t>
+  </si>
+  <si>
+    <t>Informe, qual o valor total gasto para Realização do Carnaval Santana do Deserto 2026.</t>
+  </si>
+  <si>
+    <t>2446</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2446/pedido_de_informacao_003_informacoesde_obras_jose_carlos.docx</t>
+  </si>
+  <si>
+    <t>Informe a quantidade de obras que estão em andamento no Município e o bairro que está sendo executada. Do início do atual mandato até fevereiro de 2026, quantas obras foram inauguradas? Qual o prazo para a conclusão da Obra da estrada que liga Santana do Deserto (centro) a Serraria?</t>
+  </si>
+  <si>
+    <t>2447</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2447/pedido_de_informacao_004_informacoes_de_casas_em_risco_jose.docx</t>
+  </si>
+  <si>
+    <t>Se há levantamento ou mapeamento atualizado das áreas consideradas de risco (como enchentes, deslizamentos, erosões, entre outros). Em caso positivo, em quais localidades ou bairros essas áreas estão identificadas. Quais medidas a Prefeitura tem adotado para mitigar possíveis danos nessas regiões. Qual o montante de investimento destinado a ações de contingência e prevenção relacionadas a essas áreas. A presente solicitação tem como objetivo obter maior clareza sobre as políticas públicas de prevenção e segurança aplicadas no município, bem como garantir transparência quanto aos investimentos realizados.</t>
+  </si>
+  <si>
+    <t>2453</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2453/pedido_de_informacao_005_iinformacoes_do_leilao_magno.docx</t>
+  </si>
+  <si>
+    <t>Referente ao Leilão nº 001/2025, que arrecadou R$ 165.580,00, e cuja aplicação, segundo informado, destinou-se à aquisição de mobiliário e de um ônibus para o transporte público municipal.</t>
+  </si>
+  <si>
+    <t>2454</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2454/pedido_de_informacao_006__compra_de_veiculo_jose.docx</t>
+  </si>
+  <si>
+    <t>Considerando a aprovação do Projeto de Lei nº 02, de 15 de janeiro de 2026, sancionado pela Lei nº 1.327, de 20 de janeiro de 2026, que autorizou o Município de Santana do Deserto a receber recursos financeiros provenientes da Secretaria de Estado de Saúde de Minas Gerais, destinados especificamente à aquisição de veículos para o fortalecimento da Rede de Atenção à Saúde.</t>
+  </si>
+  <si>
+    <t>2455</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2455/pedido_de_informacao_007__analise_da_agua_dde_silveira_lobo_luiz.docx</t>
+  </si>
+  <si>
+    <t>Considerando a recente abertura de poço artesiano na comunidade de Silveira Lobo.</t>
+  </si>
+  <si>
+    <t>2486</t>
+  </si>
+  <si>
+    <t>PEDIDO DE INFORMAÇÃO N° 008/2026</t>
+  </si>
+  <si>
+    <t>2440</t>
+  </si>
+  <si>
+    <t>PPROV</t>
+  </si>
+  <si>
+    <t>Pedido de Providência</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2440/pedido_de_providencia_001_ponto_de_onibus_em_frente_ao_bar_da_zanza_marcus.docx</t>
+  </si>
+  <si>
+    <t>Tome providencias urgentes no sentido de realizar reparo emergencial no ponto de ônibus localizado no Bairro de Ericeira, em frente ao bar da Zanza.</t>
+  </si>
+  <si>
+    <t>2441</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2441/pedido_de_providencia_002_ponto_de_onibus_av_silvio_bastos_marcus.docx</t>
+  </si>
+  <si>
+    <t>Seja Construído um novo ponto de ônibus na Avenida Silvio Bastos, em frente a servidão Maria da Paz.</t>
+  </si>
+  <si>
+    <t>2450</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2450/pedido_de_providencia_003_reparo_passarela_serraria_marcus.docx</t>
+  </si>
+  <si>
+    <t>Tome providencias urgentes no sentido de realizar reparo emergencial na passarela que liga Serraria a Comendador Levy Gasparian.</t>
+  </si>
+  <si>
+    <t>2451</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2451/pedido_de_providencia_004_poda_de_arvore_rua_antonio_rosa-_jose.docx</t>
+  </si>
+  <si>
+    <t>Tome providencias urgentes no sentido de realizar poda de árvore na Rua Antônio Rosa, na curva em frente a casa da Eliane do Neca.</t>
+  </si>
+  <si>
+    <t>2452</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2452/pedido_de_providencia_005_reparo_na_ponte_de_santa_barbara-_jose.docx</t>
+  </si>
+  <si>
+    <t>Tome providencias urgentes no sentido de realizar reparo na ponte de Santa Bárbara (próximo do Ronaldo Português).</t>
+  </si>
+  <si>
+    <t>2485</t>
+  </si>
+  <si>
+    <t>Retornar com o calçamento próximo as Chácaras, sentido Santana x Serraria e fazer novos quebra-molas.</t>
+  </si>
+  <si>
+    <t>2495</t>
+  </si>
+  <si>
+    <t>Construir um ponto de ônibus no bairro Serraria .</t>
+  </si>
+  <si>
+    <t>2496</t>
+  </si>
+  <si>
+    <t>Reabertura da entrada de acesso a Cachoeira da Saudade.</t>
+  </si>
+  <si>
+    <t>2497</t>
+  </si>
+  <si>
+    <t>Estude a viabilidade de realizar estudo para adequação técnica da curva localizada na Rua Antônio Rosa(Próximo a casa da Eliane do Neca).</t>
+  </si>
+  <si>
+    <t>2498</t>
+  </si>
+  <si>
+    <t>Estude a possibilidade de ampliar o atendimento Pediátrico no Município, aumentando o número de vagas e se possível a contratação de mais um Profissional para que a demanda seja suprida.</t>
+  </si>
+  <si>
     <t>2412</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLEX</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Santana do Deserto - PMSD</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2412/projeto_de_lei_no_01_-__de_05_de_janeiro_de_2026.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2412/projeto_de_lei_no_01_-__de_05_de_janeiro_de_2026.docx</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.217 de 29 de março de 2022 que "Dispõe sobre a estrutura orgânica da Administração Pública Direta do Município de Santana do Deserto e dá outras providências, para incluir novo cargo na Secretaria Municipal de Educação."</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>2</t>
-[...4 lines deleted...]
-  <si>
     <t>Abre crédito Suplementar no valor de R$ 882.268,00 as dotações do Município de Santana do Deserto.</t>
+  </si>
+  <si>
+    <t>2448</t>
+  </si>
+  <si>
+    <t>Retirado pelo o autor.</t>
+  </si>
+  <si>
+    <t>2449</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2449/projeto_de_lei_no_04_2026_-_suplementacao_caminhao_compactador.docx</t>
+  </si>
+  <si>
+    <t>Abre Crédito Suplementar no Valor de R$ 360.000,00 as dotações do Município de SANTANA DO DESERTO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -417,68 +1352,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2412/projeto_de_lei_no_01_-__de_05_de_janeiro_de_2026.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2417/indicacao_001_contruir_praca_no_inicio_da_rua_da_linha__marcus.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2418/indicacao_002_aquisicao_de_novo_onibus_para_tarifa_magno.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2419/indicacao_003_poste_silvio_bastos_ericeira_vino.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2420/indicacao_004_quebra_molas_na_rua_antonio_bruno_vino.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2421/indicacao_005_bueiro_prox_ao_campo_ericeira_vino.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2422/indicacao_006_calcamento_20_m_av_silvio_bastos_vino.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2423/indicacao_007_transformar_escola_de_ericeira_marcus.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2424/indicacao_008_melhoria_na_estrada_que_liga_ericeira_a_serraria_marcus.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2425/indicacao_009_captacao_e_nivelamento_rua_da_linha_marcus.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2426/indicacao_010_calcamento_de_ericeira_a_serraria_marcus.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2427/indicacao_011__melhorias_na_iluminacao_e_calcamento_da_rua_da_linha_marcus.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2428/indicacao_012__instalacao_de_poste_em_ericeira_marcus.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2429/indicacao_013__aquisicao_de_implementos_rurais_marcus.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2430/indicacao_014__contratacao_de_cardiologista_para_ericeira_marcus.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2431/indicacao_015__limpeza_de_toda_extensao_da_portelinha_e_trilhos_marcus.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2433/indicacao_016_coleta_de_lixo_na_fazenda_cachoeira_marcus.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2434/indicacao_017_implantacao_de_informatizacao_do_sistema_de_sus__marcus.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2435/indicacao_018_instalacao_de_cameras_de_seguranca_marcus.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2436/indicacao_019_placa_de_sinalizacao_na_rua_candido_ferreira_luiz_carlos.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2437/indicacao_020_instalacao_de_ponto_de_onibus_em_serraria__marcus.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2438/indicacao_021_iluminacao_da_quadra_ate_a_pedreira_marcus.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2439/indicacao_022_estudo_concursados_da_rede_municipal_de_ensino_infantil_lucio.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2456/indicacao_023_barragem_de_ericeira_-_vino_andre_lucio_e_jose.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2457/indicacao_024_ladrao_da_barragem_de_ericeira_-_vino_lucio_andre_e_jose.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2458/indicacao_025_vazamento_do_reservatorio_de_ericeira_-_comissao_de_obras.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2459/indicacao_026_desvio_de_agua_da_represa_de_ericeira_-vino_lucio_andre_e_jose.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2462/indicacao_027_manilhamento_da_estrada_de_ericeira_-_vino_lucio_jose_e_andre.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2463/indicacao_028_mata_burro_de_ericeira_-_vino_andre_lucio_e_jose.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2464/indicacao_029_sustentacao_da_caixa_dagua_de_ericeira_-_andre_vino_lucio_e_jose.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2465/indicacao_030_tampa_do_poco_artesiano_de_ericeira_-_vino__andre_lucio_e_jose.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2466/indicacao_031__tampa_da_caixe_de_energia_do_poco_de_ericeira_-_vino_lucio_andre_e_jose.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2467/indicacao_032_limpeza_da_valeta_em_ericeira_-_vino_lucio_andre_e_jose.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2468/indicacao_033_caixa_dagua_20.000_l_em_ericeira_-_vino_lucio_andre_e_jose.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2469/indicacao_034_limpeza_ao_redor_dos_reservatorios_em_ericeira_-vino_lucio_andre_e_jose.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2470/indicacao_035_tampa_do_reservatorio_em_ericeira_-_vino_jose__andre_e_lucio.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2471/indicacao_036_retirada_de_entulios_do_reservatorio_em_ericeira_-_vino_lucio_lucas_e_andre.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2472/indicacao_037_construcao_de_cerca_no_reservatorio_em_ericeira_-_vino_lucio_jose_e_andre.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2473/indicacao_038_troca_do_encanamento_em_ericeira_-_vino_lucio_andre_e_jose.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2474/indicacao_039_coleta_de_lixo_em_ericeira_marcus.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2475/indicacao_040_calcamento_rua_da_estacao_serraria_marcus.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2476/indicacao_041_lampada_na_subida_do_cruzeiro_-_jose.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2477/indicacao_042_reapro_das_manilhas_na_rua_francelino_correa_-_jose.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2442/mocao_de_aplausos_no_001_leandra-_jose.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2443/mocao_de_aplausos_no_002_rosemar___marcus.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2444/pedido_de_informacao_001_-_ver_lucas_-_professores_educacao_infantil.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2445/pedido_de_informacao_002_informacoesdo_carnaval_2026_jose_carlos.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2446/pedido_de_informacao_003_informacoesde_obras_jose_carlos.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2447/pedido_de_informacao_004_informacoes_de_casas_em_risco_jose.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2453/pedido_de_informacao_005_iinformacoes_do_leilao_magno.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2454/pedido_de_informacao_006__compra_de_veiculo_jose.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2455/pedido_de_informacao_007__analise_da_agua_dde_silveira_lobo_luiz.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2440/pedido_de_providencia_001_ponto_de_onibus_em_frente_ao_bar_da_zanza_marcus.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2441/pedido_de_providencia_002_ponto_de_onibus_av_silvio_bastos_marcus.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2450/pedido_de_providencia_003_reparo_passarela_serraria_marcus.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2451/pedido_de_providencia_004_poda_de_arvore_rua_antonio_rosa-_jose.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2452/pedido_de_providencia_005_reparo_na_ponte_de_santa_barbara-_jose.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2412/projeto_de_lei_no_01_-__de_05_de_janeiro_de_2026.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2026/2449/projeto_de_lei_no_04_2026_-_suplementacao_caminhao_compactador.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="213.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="169.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -506,63 +1441,2400 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="G8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>88</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>95</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>101</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>110</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>106</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>118</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>106</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H27" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>121</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>122</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>106</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>106</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H29" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>106</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>106</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>106</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>23</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H33" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H34" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>106</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>153</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H36" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>157</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>158</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>106</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H37" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>106</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H38" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>106</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H39" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H40" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>174</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H41" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>178</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>106</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H42" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>182</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>106</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H43" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>185</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>186</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>187</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H44" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>190</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>191</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>187</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H45" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>194</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>187</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H46" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>197</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>187</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H47" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>199</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>200</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>187</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H48" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>202</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>203</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>187</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H49" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>205</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>206</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>207</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H50" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>210</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>106</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H51" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>212</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>213</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>106</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H52" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>216</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>88</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H53" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>218</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>219</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>88</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H54" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>221</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>222</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>88</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H55" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>224</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>88</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H56" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>227</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>228</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>88</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H57" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>230</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>231</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>187</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H58" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>233</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>234</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H59" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>236</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>237</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H60" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>239</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>240</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H61" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>242</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>243</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H62" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>245</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>246</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H63" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>248</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>249</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H64" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>251</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>252</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>253</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H65" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>255</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>256</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>253</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H66" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>258</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>259</v>
+      </c>
+      <c r="E67" t="s">
+        <v>260</v>
+      </c>
+      <c r="F67" t="s">
+        <v>106</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H67" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>263</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" t="s">
+        <v>259</v>
+      </c>
+      <c r="E68" t="s">
+        <v>260</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H68" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>266</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>267</v>
+      </c>
+      <c r="E69" t="s">
+        <v>268</v>
+      </c>
+      <c r="F69" t="s">
+        <v>253</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H69" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>271</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>17</v>
+      </c>
+      <c r="D70" t="s">
+        <v>267</v>
+      </c>
+      <c r="E70" t="s">
+        <v>268</v>
+      </c>
+      <c r="F70" t="s">
+        <v>106</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H70" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>274</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>22</v>
+      </c>
+      <c r="D71" t="s">
+        <v>267</v>
+      </c>
+      <c r="E71" t="s">
+        <v>268</v>
+      </c>
+      <c r="F71" t="s">
+        <v>106</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H71" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>27</v>
+      </c>
+      <c r="D72" t="s">
+        <v>267</v>
+      </c>
+      <c r="E72" t="s">
+        <v>268</v>
+      </c>
+      <c r="F72" t="s">
+        <v>106</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H72" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>280</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>31</v>
+      </c>
+      <c r="D73" t="s">
+        <v>267</v>
+      </c>
+      <c r="E73" t="s">
+        <v>268</v>
+      </c>
+      <c r="F73" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
-        <v>19</v>
+      <c r="G73" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H73" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>283</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>35</v>
+      </c>
+      <c r="D74" t="s">
+        <v>267</v>
+      </c>
+      <c r="E74" t="s">
+        <v>268</v>
+      </c>
+      <c r="F74" t="s">
+        <v>106</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H74" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>286</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>39</v>
+      </c>
+      <c r="D75" t="s">
+        <v>267</v>
+      </c>
+      <c r="E75" t="s">
+        <v>268</v>
+      </c>
+      <c r="F75" t="s">
+        <v>88</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H75" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>289</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>43</v>
+      </c>
+      <c r="D76" t="s">
+        <v>267</v>
+      </c>
+      <c r="E76" t="s">
+        <v>268</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H76" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>291</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>10</v>
+      </c>
+      <c r="D77" t="s">
+        <v>292</v>
+      </c>
+      <c r="E77" t="s">
+        <v>293</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H77" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>296</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" t="s">
+        <v>292</v>
+      </c>
+      <c r="E78" t="s">
+        <v>293</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H78" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>299</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>22</v>
+      </c>
+      <c r="D79" t="s">
+        <v>292</v>
+      </c>
+      <c r="E79" t="s">
+        <v>293</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H79" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>302</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>27</v>
+      </c>
+      <c r="D80" t="s">
+        <v>292</v>
+      </c>
+      <c r="E80" t="s">
+        <v>293</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H80" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>305</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>31</v>
+      </c>
+      <c r="D81" t="s">
+        <v>292</v>
+      </c>
+      <c r="E81" t="s">
+        <v>293</v>
+      </c>
+      <c r="F81" t="s">
+        <v>106</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H81" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>308</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>35</v>
+      </c>
+      <c r="D82" t="s">
+        <v>292</v>
+      </c>
+      <c r="E82" t="s">
+        <v>293</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H82" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>310</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>39</v>
+      </c>
+      <c r="D83" t="s">
+        <v>292</v>
+      </c>
+      <c r="E83" t="s">
+        <v>293</v>
+      </c>
+      <c r="F83" t="s">
+        <v>106</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H83" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>312</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>43</v>
+      </c>
+      <c r="D84" t="s">
+        <v>292</v>
+      </c>
+      <c r="E84" t="s">
+        <v>293</v>
+      </c>
+      <c r="F84" t="s">
+        <v>106</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H84" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>314</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>47</v>
+      </c>
+      <c r="D85" t="s">
+        <v>292</v>
+      </c>
+      <c r="E85" t="s">
+        <v>293</v>
+      </c>
+      <c r="F85" t="s">
+        <v>106</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H85" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>316</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>51</v>
+      </c>
+      <c r="D86" t="s">
+        <v>292</v>
+      </c>
+      <c r="E86" t="s">
+        <v>293</v>
+      </c>
+      <c r="F86" t="s">
+        <v>106</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H86" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>318</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>319</v>
+      </c>
+      <c r="E87" t="s">
+        <v>320</v>
+      </c>
+      <c r="F87" t="s">
+        <v>321</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H87" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>324</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>17</v>
+      </c>
+      <c r="D88" t="s">
+        <v>319</v>
+      </c>
+      <c r="E88" t="s">
+        <v>320</v>
+      </c>
+      <c r="F88" t="s">
+        <v>321</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H88" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>326</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>22</v>
+      </c>
+      <c r="D89" t="s">
+        <v>319</v>
+      </c>
+      <c r="E89" t="s">
+        <v>320</v>
+      </c>
+      <c r="F89" t="s">
+        <v>321</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H89" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>328</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>27</v>
+      </c>
+      <c r="D90" t="s">
+        <v>319</v>
+      </c>
+      <c r="E90" t="s">
+        <v>320</v>
+      </c>
+      <c r="F90" t="s">
+        <v>321</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H90" t="s">
+        <v>330</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>