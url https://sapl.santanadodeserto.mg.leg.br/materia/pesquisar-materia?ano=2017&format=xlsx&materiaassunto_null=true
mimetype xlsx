--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -51,4513 +51,4513 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MAPLA</t>
   </si>
   <si>
     <t>Moção de Apalusos</t>
   </si>
   <si>
-    <t>Fábio Joaquim, Danilo, Joãozinho Batata, Léo da Bomba, Luiz Carlos, Marcus Vinicius, Roberta Cacau</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/</t>
+    <t>Fábio Joaquim, Cacá, Danilo, Joãozinho Batata, Léo da Bomba, Marquinhos Tirinha, Roberta Cacau</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Congratulações aos funcionários de Serviços Internos e Externos.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/626/mocao_de_aplausos_no_002_auxiliares_de_servicos_I5j7iJ2.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/626/mocao_de_aplausos_no_002_auxiliares_de_servicos_I5j7iJ2.docx</t>
   </si>
   <si>
     <t>Congratulações ao funcionários de Serviços Escolares.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/628/mocao_de_aplausos_no_003_operarios.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/628/mocao_de_aplausos_no_003_operarios.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários operários.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/629/mocao_de_aplausos_no_004_comissionados.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/629/mocao_de_aplausos_no_004_comissionados.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários secretários e diretores municipais.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/630/mocao_de_aplausos_no_005_monitores_de_creche.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/630/mocao_de_aplausos_no_005_monitores_de_creche.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários monitoras da creche.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/631/mocao_de_aplausos_no_006_agentes_administrativos.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/631/mocao_de_aplausos_no_006_agentes_administrativos.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Agentes Administrativos.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/632/mocao_de_aplausos_no_007_procurador_municipal.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/632/mocao_de_aplausos_no_007_procurador_municipal.docx</t>
   </si>
   <si>
     <t>Congratulações ao funcionário Advogado.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/633/mocao_de_aplausos_no_008_medicos_e_odontologos.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/633/mocao_de_aplausos_no_008_medicos_e_odontologos.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Médicos e Odontológicos.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Danilo, Fábio Joaquim, Joãozinho Batata, Léo da Bomba, Luiz Carlos, Marcus Vinicius, Roberta Cacau</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/634/mocao_de_aplausos_no_009_professores.docx</t>
+    <t>Cacá, Danilo, Fábio Joaquim, Joãozinho Batata, Léo da Bomba, Marquinhos Tirinha, Roberta Cacau</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/634/mocao_de_aplausos_no_009_professores.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Professores.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/635/mocao_de_aplausos_no_010_fisioterapeutas.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/635/mocao_de_aplausos_no_010_fisioterapeutas.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Fisioterapeutas.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/636/mocao_de_aplausos_no_011_farmacentica.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/636/mocao_de_aplausos_no_011_farmacentica.docx</t>
   </si>
   <si>
     <t>Congratulações a funcionária Farmacêutica.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/637/mocao_de_aplausos_no_012_oficiais_especializados.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/637/mocao_de_aplausos_no_012_oficiais_especializados.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Oficiais Especializados.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/638/mocao_de_aplausos_no_013_auxiliar_de_enfermagem.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/638/mocao_de_aplausos_no_013_auxiliar_de_enfermagem.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Auxiliares de Informática.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/639/mocao_de_aplausos_no_014_operador_de_maquina.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/639/mocao_de_aplausos_no_014_operador_de_maquina.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Operadores de Máquina.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/640/mocao_de_aplausos_no_015_motoristas.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/640/mocao_de_aplausos_no_015_motoristas.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Motoristas.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/641/mocao_de_aplausos_no_016_agente_comunitario_de_saude.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/641/mocao_de_aplausos_no_016_agente_comunitario_de_saude.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/642/mocao_de_aplausos_no_017_supervisoras_educacionais.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/642/mocao_de_aplausos_no_017_supervisoras_educacionais.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Supervisores Educacionais.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/643/mocao_de_aplausos_no_018_auxiliar_administrativo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/643/mocao_de_aplausos_no_018_auxiliar_administrativo.docx</t>
   </si>
   <si>
     <t>Congratulações ao funcionário Auxiliar Administrativo.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/644/mocao_de_aplausos_no_019_orientadora_educacional.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/644/mocao_de_aplausos_no_019_orientadora_educacional.docx</t>
   </si>
   <si>
     <t>Congratulações à funcionária orientadora Educacional.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/645/mocao_de_aplausos_no_020_pedreiros_e_serventes.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/645/mocao_de_aplausos_no_020_pedreiros_e_serventes.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários Pedreiros e Serventes.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/646/mocao_de_aplausos_no_021_enfermeiras.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/646/mocao_de_aplausos_no_021_enfermeiras.docx</t>
   </si>
   <si>
     <t>Congratulações as funcionários Enfermeiras.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/647/mocao_de_aplausos_no_022_assistentes_sociais.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/647/mocao_de_aplausos_no_022_assistentes_sociais.docx</t>
   </si>
   <si>
     <t>Congratulações as funcionárias Assistentes Sociais.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/648/mocao_de_aplausos_no_023_agentes_de_vigilancia__tU6z99f.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/648/mocao_de_aplausos_no_023_agentes_de_vigilancia__tU6z99f.docx</t>
   </si>
   <si>
     <t>Congratulações as funcionárias Agente de Vigilância Satitária e Agentes de Vigilância em Saúde.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/649/mocao_de_aplausos_no_024_funcionarios_da_camara.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/649/mocao_de_aplausos_no_024_funcionarios_da_camara.docx</t>
   </si>
   <si>
     <t>Congratulações aos funcionários servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/650/mocao_de_aplausos_no_025_psicologa.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/650/mocao_de_aplausos_no_025_psicologa.docx</t>
   </si>
   <si>
     <t>Congratulações a funcionária Psicóloga.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Joãozinho Batata, Vino</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/652/mocao_de_aplausos_no_026_jovens_de_ericeira.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/652/mocao_de_aplausos_no_026_jovens_de_ericeira.docx</t>
   </si>
   <si>
     <t>Congratulações aos jovens que vem realizando treino na comunidade de Ericeira junto a ONG SOLIDÁRIA.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/653/mocao_de_aplausos_no_027_doadores_do_leilao_apae.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/653/mocao_de_aplausos_no_027_doadores_do_leilao_apae.docx</t>
   </si>
   <si>
     <t>Congratulações as senhoras e senhores pela doações de itens para o leilão rural beneficente da APAE.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Fábio Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/654/mocao_de_aplausos_no_028_entregadora_de_cartas__94NlArD.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/654/mocao_de_aplausos_no_028_entregadora_de_cartas__94NlArD.docx</t>
   </si>
   <si>
     <t>Congratulações a Senhora Vera da Silva Ferreira e Ismênia da Silva do Nascimento.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Marcus Vinicius, Danilo, Luiz Carlos</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/655/mocao_de_aplausos_no_029_secretaria_de_saude_isabel..docx</t>
+    <t>Marquinhos Tirinha, Cacá, Danilo</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/655/mocao_de_aplausos_no_029_secretaria_de_saude_isabel..docx</t>
   </si>
   <si>
     <t>Congratulações á Sr. Isabel Cristina da Costa Dias.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/656/mocao_de_aplausos_no030_funcionario_felipe_dentista.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/656/mocao_de_aplausos_no030_funcionario_felipe_dentista.docx</t>
   </si>
   <si>
     <t>Congratulações ao funcionário Dentista Felipe Vital Nery.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Alessandro Andrade</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/657/mocao_de_aplausos_no031_prefeito_da_cidade.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/657/mocao_de_aplausos_no031_prefeito_da_cidade.docx</t>
   </si>
   <si>
     <t>RETIRADA PELO AUTOR.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>MPES</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/658/mocao_de_pesar_no_002_pesar_002_maria_de_lurdes_jacinto.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/658/mocao_de_pesar_no_002_pesar_002_maria_de_lurdes_jacinto.docx</t>
   </si>
   <si>
     <t>Pesar de falecimento da Sra. maria de Lourdes Jacinto.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>PINFO</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>Léo da Bomba</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pedido_de_informacao_no_00117_informacaos_sobre_muwnyIm.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pedido_de_informacao_no_00117_informacaos_sobre_muwnyIm.docx</t>
   </si>
   <si>
     <t>Solicito informações sobre distribuição de cestas básicas.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pedido_de_informacao_no_00217_informacaos_sobre_GZzIirw.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pedido_de_informacao_no_00217_informacaos_sobre_GZzIirw.docx</t>
   </si>
   <si>
     <t>Solicito informação de cessão de ônibus a empresa particular.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/662/pedido_de_informacao_no_00317_informacao_funcio_bWrqvZZ.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/662/pedido_de_informacao_no_00317_informacao_funcio_bWrqvZZ.docx</t>
   </si>
   <si>
     <t>Solicitação informação de desvio de função de funcionários.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>Solicitação de informação de funcionários contratados para as creches.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>PPROV</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/664/pedido_de_providencia_00117_providencia.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/664/pedido_de_providencia_00117_providencia.docx</t>
   </si>
   <si>
     <t>Solicitação de reforma da quadra Prefeito Nelson Gonçalves Viana.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/665/pedido_de_providencia_00217_providencia_coleta__eIuKlZY.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/665/pedido_de_providencia_00217_providencia_coleta__eIuKlZY.docx</t>
   </si>
   <si>
     <t>Solicito informação de recolhimento de entulhos e destinação do mesmo.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/666/pedido_de_providencia_00317_providencia_ilumina_hw1URtR.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/666/pedido_de_providencia_00317_providencia_ilumina_hw1URtR.docx</t>
   </si>
   <si>
     <t>Solicito com urgência iluminação na pedreira na estarda do Bairro das Flores.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>Marcus Vinicius</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/667/pedido_de_providencia_00417_providencia_colocac_JLjovZY.docx</t>
+    <t>Marquinhos Tirinha</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/667/pedido_de_providencia_00417_providencia_colocac_JLjovZY.docx</t>
   </si>
   <si>
     <t>Solicito reforma da quadra poliesportiva de Ericeira.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/668/pedido_de_providencia_00517_providencia_reforma_lgpDWAX.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/668/pedido_de_providencia_00517_providencia_reforma_lgpDWAX.docx</t>
   </si>
   <si>
     <t>Solicito colocação de massa asfáltica no bairro de Ericeira.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Santana do Deserto - PMSD</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/715/projeto_de_lei_no_01_17_estrutura_prefeitura_secretarios.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/715/projeto_de_lei_no_01_17_estrutura_prefeitura_secretarios.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a estrutura orgânica da Administração Pública Direta do Município de Santana do Deserto e dá outras providências.”</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/730/projeto_de_lei_no_15_estrutura_organica_da_admi_mUo03oc.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/730/projeto_de_lei_no_15_estrutura_organica_da_admi_mUo03oc.docx</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/741/projeto_de_lei_no_26_issqn.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/741/projeto_de_lei_no_26_issqn.docx</t>
   </si>
   <si>
     <t>“Altera os dispositivos da Lei Municipal nº 360 de 06 de maio de 1983 que “Dispõe sobre o Código Tributário Municipal” e dá outras providências”.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>PLEX</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/716/projeto_de_lei_no_02_17_parcelamento_fiscal.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/716/projeto_de_lei_no_02_17_parcelamento_fiscal.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de benefícios para pagamento de débitos fiscais em atraso, estabelece normas para sua cobrança extrajudicial e dá providências.”</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/717/projeto_de_lei_no_03_17_credito_especial_onibus.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/717/projeto_de_lei_no_03_17_credito_especial_onibus.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 59.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/718/projeto_de_lei_no_04_17_estatuto_servidores_modificacao.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/718/projeto_de_lei_no_04_17_estatuto_servidores_modificacao.doc</t>
   </si>
   <si>
     <t>“Altera o art. 57, §1º e §2º da Lei nº 575 de 20 de outubro de 1995.”</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/720/projeto_de_lei_no_05_17_adequacao_piso_prof_i.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/720/projeto_de_lei_no_05_17_adequacao_piso_prof_i.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o piso salarial para os profissionais do magistério público da educação básica da rede municipal de Santana do Deserto.”</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/721/projeto_de_lei_no_06_17_auxilio_alimentacao.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/721/projeto_de_lei_no_06_17_auxilio_alimentacao.doc</t>
   </si>
   <si>
     <t>“Altera a Lei nº 1007 /16 que institui no âmbito da Administração Pública Municipal, auxílio alimentação, para os servidores ativos conforme especifica”.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/722/projeto_de_lei_no_07_17_revisao_geral.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/722/projeto_de_lei_no_07_17_revisao_geral.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre revisão geral anual e dá outras providências.”</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/723/ple_no08_de_2018.pdf</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/723/ple_no08_de_2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo e o Legislativo a celebrarem convênio e dá outras providências.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/724/projeto_de_lei_no_09_17_ldo_18.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/724/projeto_de_lei_no_09_17_ldo_18.doc</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/725/projeto_de_lei_no_10_de_22_de_maio_de_2017_convenio_ciee.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/725/projeto_de_lei_no_10_de_22_de_maio_de_2017_convenio_ciee.doc</t>
   </si>
   <si>
     <t>“Autoriza o Executivo Municipal a celebrar Convênio e dá outras providências.”</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/726/projeto_de_lei_no_11_de_26_de_maio_de_2017_auxil_6peCRvX.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/726/projeto_de_lei_no_11_de_26_de_maio_de_2017_auxil_6peCRvX.doc</t>
   </si>
   <si>
     <t>“Autoriza a concessão de auxílio transporte aos estudantes de curso superior, curso profissionalizante ou curso de línguas e dá outras providências.”</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/727/projeto_de_lei_no_12_altera_lei_supervisor_pedagogico.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/727/projeto_de_lei_no_12_altera_lei_supervisor_pedagogico.doc</t>
   </si>
   <si>
     <t>“Altera o inciso III do art. 37 da Lei nº 929 de 03 de outubro de 2011 que Dispõe sobre o Plano de Cargos e Vencimentos dos Servidores Integrantes do Quadro de Pessoal do Magistério do Município de Santana do Deserto, e dá outras providências.”</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/728/projeto_de_lei_no_13_altera_lei_929_11_um_terco.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/728/projeto_de_lei_no_13_altera_lei_929_11_um_terco.doc</t>
   </si>
   <si>
     <t>“Inclui os parágrafos 4º e 5º no art. 37 da Lei nº 929 de 03 de outubro de 2011 que Dispõe sobre o Plano de Cargos e Vencimentos dos Servidores Integrantes do Quadro de Pessoal do Magistério do Município de Santana do Deserto, e dá outras providências.”</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/729/projeto_de_lei_no_14_convalidacao_cessao_terreno_camara.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/729/projeto_de_lei_no_14_convalidacao_cessao_terreno_camara.doc</t>
   </si>
   <si>
     <t>“Convalida o Decreto Municipal n.º 1.297/2009 editado pelo Poder Executivo, e dá outras providências.”</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/731/projeto_de_lei_no_16_de_04_de_agosto_de_2017_cre_SxbsJ09.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/731/projeto_de_lei_no_16_de_04_de_agosto_de_2017_cre_SxbsJ09.doc</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Adicional Especial no valor de R$ 34.990,00 e dá outras providências.”</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/732/projeto_de_lei_no_17_concurso_leiteiro.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/732/projeto_de_lei_no_17_concurso_leiteiro.doc</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal de Santana do Deserto custear despesas com premiação do concurso leiteiro e provas equestres Municipal e dá outras providencias”.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/733/projeto_de_lei_no_18_ppa.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/733/projeto_de_lei_no_18_ppa.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2018 a 2021.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/734/projeto_de_lei_no_19_loa.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/734/projeto_de_lei_no_19_loa.docx</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Santana do Deserto para o exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/735/projeto_de_lei_no_20_subvencao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/735/projeto_de_lei_no_20_subvencao.docx</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de subvenções sociais às Entidades que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/736/ple_no21_de_2017.pdf</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/736/ple_no21_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura orgânica da Administração Pública Direta do município de Santana do Deserto e dá outras providências.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/737/projeto_de_lei_no_22_contratacao_temporaria.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/737/projeto_de_lei_no_22_contratacao_temporaria.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição da República.”</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/738/projeto_de_lei_no_23_fumpac.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/738/projeto_de_lei_no_23_fumpac.docx</t>
   </si>
   <si>
     <t>“Autoriza a abertura de Crédito Especial no Valor de R$ 78.000,00 as dotações do Município de SANTANA DO DESERTO e dá outras providências.”</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/739/projeto_de_lei_no_24_ponte_santa_barbara.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/739/projeto_de_lei_no_24_ponte_santa_barbara.doc</t>
   </si>
   <si>
     <t>“Denomina Ponte José Paiva Gomes a ponte localizada na comunidade de Santa Barbara.”</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/740/projeto_de_lei_no_25_criacao_do_sim.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/740/projeto_de_lei_no_25_criacao_do_sim.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre a constituição do Serviço de Inspeção Municipal e os procedimentos de inspeção sanitária em estabelecimentos que produzam produtos de origem animal e dá outras providências”.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/743/projeto_de_lei_no_27_17_parcelamento_fiscal.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/743/projeto_de_lei_no_27_17_parcelamento_fiscal.docx</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>PLLEG</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/745/projeto_de_lei_no_001_-_subsidios_dos_secretario_cdeUlC8.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/745/projeto_de_lei_no_001_-_subsidios_dos_secretario_cdeUlC8.doc</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Secretários Municipais para a legislatura 2017/2020.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/746/projeto_de_lei_no_002_-__institui_a_estrutura_ad_8Gc9CVs.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/746/projeto_de_lei_no_002_-__institui_a_estrutura_ad_8Gc9CVs.doc</t>
   </si>
   <si>
     <t>Altera a Lei nº 925 de 08 de agosto de 2011, a qual institui a estrutura administrativa da Câmara Municipal de Santana do Deserto, dispõe sobre o quadro de cargos de provimento efetivo, em comissão e funções de confiança e dá outras providências.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/747/projeto_de_lei_no_003_-_alteracao_do_anexo_iv_ca_CNN5CV1.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/747/projeto_de_lei_no_003_-_alteracao_do_anexo_iv_ca_CNN5CV1.doc</t>
   </si>
   <si>
     <t>Altera o anexo IV da Lei nº 925 da Câmara Municipal de Santana do Deserto que dispõe sobre o quadro de cargos de provimento efetivo, em comissão e funções de confiança e dá outras providências.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/749/projeto_de_lei_no_004_-_contratacao_temporaria_s_VJ93k24.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/749/projeto_de_lei_no_004_-_contratacao_temporaria_s_VJ93k24.doc</t>
   </si>
   <si>
     <t>Altera o caput do artigo 1º da Lei Municipal nº 1.042 de 27 de outubro de 2017, a qual dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição da República.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/976/pll_0032017.pdf</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/976/pll_0032017.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Revisão Geral Anual dos vencimentos básicos dos servidores da Câmara Municipal de Santana do Deserto e dá outras providências.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>CFOTC - Comissão de Finanças, Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/1066/projeto_resolucao_001.2017_aprovacao_contas_exe_7fmoVqT.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/1066/projeto_resolucao_001.2017_aprovacao_contas_exe_7fmoVqT.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do exercício de 2015 do Município de Santana do Deserto e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/304/requerimento_001_carro_de_fumace_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/304/requerimento_001_carro_de_fumace_fabio.doc</t>
   </si>
   <si>
     <t>Contratação carro de fumacê.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>Fábio Joaquim, Léo da Bomba</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/305/requerimento_002-_contratacao_de_mais_um_pediat_VD4LJIm.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/305/requerimento_002-_contratacao_de_mais_um_pediat_VD4LJIm.docx</t>
   </si>
   <si>
     <t>Contratação de médico pediatra.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/306/requerimento_003-_portao_de_acesso_da_quadra_pa_gJf8TDp.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/306/requerimento_003-_portao_de_acesso_da_quadra_pa_gJf8TDp.docx</t>
   </si>
   <si>
     <t>Portão de acesso que liga a quadra ao campo do Bairro das Flores.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/307/requerimento_004_reparo_ladeira_sao_sebastiao_se_D4OmA0o.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/307/requerimento_004_reparo_ladeira_sao_sebastiao_se_D4OmA0o.doc</t>
   </si>
   <si>
     <t>Construção de muro de arrimo.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/308/requerimento_005iluminacao_das_pracas_de_sosseg_QNnPdPF.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/308/requerimento_005iluminacao_das_pracas_de_sosseg_QNnPdPF.docx</t>
   </si>
   <si>
     <t>Colocação de novos painéis de controle de bombas do Posso artesiano no Bairro.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>Fábio Joaquim, Joãozinho Batata, Léo da Bomba, Marcus Vinicius, Roberta Cacau</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/309/requerimento_006contratacao_de_mais_um_pediatra_vtfJ7Rj.docx</t>
+    <t>Fábio Joaquim, Joãozinho Batata, Léo da Bomba, Marquinhos Tirinha, Roberta Cacau</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/309/requerimento_006contratacao_de_mais_um_pediatra_vtfJ7Rj.docx</t>
   </si>
   <si>
     <t>Contratação de médicos pediatras.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/310/requerimento_007-_iluminacao_da_pedreira_do_bai_gk0Ynmh.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/310/requerimento_007-_iluminacao_da_pedreira_do_bai_gk0Ynmh.docx</t>
   </si>
   <si>
     <t>Colocação de iluminação ma pedreira do Bairro das Flores.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/311/requerimento_008_ambulancia_bflores__leonardo.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/311/requerimento_008_ambulancia_bflores__leonardo.doc</t>
   </si>
   <si>
     <t>Colocação de uma ambulância 24 horas no Bairro das Flores.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/312/requerimento_009-_construcao_e_instalacao_de_re_H6V3lYj.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/312/requerimento_009-_construcao_e_instalacao_de_re_H6V3lYj.docx</t>
   </si>
   <si>
     <t>Construção/instalação de um reservatório de água no Loteamento Migliano.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Joãozinho Batata</t>
   </si>
   <si>
     <t>Conserto de bueiro de captação de águas.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/314/requerimento_011-colocar_iluminacao_e_terminar__Bx7LyZN.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/314/requerimento_011-colocar_iluminacao_e_terminar__Bx7LyZN.docx</t>
   </si>
   <si>
     <t>Colocar iluminação e terminar calçamento da Rua Machado Coelho.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/315/requerimento_012iluminacao_estrada_sousa_aguiar__BXFoe1c.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/315/requerimento_012iluminacao_estrada_sousa_aguiar__BXFoe1c.doc</t>
   </si>
   <si>
     <t>Instalação de iluminação pública e calçamento que liga Bairro das Flores a Souza Aguiar.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/316/requerimento_013_contratacao_de_mais_um_ginecol_DW5YHs2.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/316/requerimento_013_contratacao_de_mais_um_ginecol_DW5YHs2.docx</t>
   </si>
   <si>
     <t>Contratação de médico ginecologista.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/317/requerimento_014_pavimentacao_de_uma_juncao_da__gSrgs4y.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/317/requerimento_014_pavimentacao_de_uma_juncao_da__gSrgs4y.docx</t>
   </si>
   <si>
     <t>Pavimentação de uma junção da Avenida Silvio Basto.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/318/requerimento_015calcamento_av_ultimo_de_carvalho_wORlZPa.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/318/requerimento_015calcamento_av_ultimo_de_carvalho_wORlZPa.doc</t>
   </si>
   <si>
     <t>Calçamento da Avenida Último de Carvalho.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/319/requerimento_016_iluminacao_publica_rua_bflores_leonardo.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/319/requerimento_016_iluminacao_publica_rua_bflores_leonardo.doc</t>
   </si>
   <si>
     <t>Colocação de iluminação na Rua Machado Coelho.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/320/requerimento_017_iluminacao_das_pracas_de_sosse_ByYUBd8.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/320/requerimento_017_iluminacao_das_pracas_de_sosse_ByYUBd8.docx</t>
   </si>
   <si>
     <t>Reformas com parques recreativos, paisagens e sisteme de iluminação.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>Joãozinho Batata, Léo da Bomba, Marcus Vinicius, Roberta Cacau</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/321/requerimento_018_intalacao_de_retransmissora_da_LJRi8JJ.docx</t>
+    <t>Joãozinho Batata, Léo da Bomba, Marquinhos Tirinha, Roberta Cacau</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/321/requerimento_018_intalacao_de_retransmissora_da_LJRi8JJ.docx</t>
   </si>
   <si>
     <t>Instalação de retransmissora da TV ALEMG E TV Super.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/322/requerimento_019_melhoriadas_estradas_e_ruas_leonardo.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/322/requerimento_019_melhoriadas_estradas_e_ruas_leonardo.doc</t>
   </si>
   <si>
     <t>Manutenção das ruas e estradas do município.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/323/requerimento_020_iluminacao_praca_bflores_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/323/requerimento_020_iluminacao_praca_bflores_fabio.doc</t>
   </si>
   <si>
     <t>Iluminação da praça do Bairro das Flores.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/324/requerimento_021_pode_de_arvores_da_praca_do_bfl_hlwMQpC.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/324/requerimento_021_pode_de_arvores_da_praca_do_bfl_hlwMQpC.doc</t>
   </si>
   <si>
     <t>Poda das arvores da praça do Bairro das Flores._x000D_
 RETIRADA PELOS AUTORES.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/325/requerimento_022_arrumacao_da_escada_do_migliano-fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/325/requerimento_022_arrumacao_da_escada_do_migliano-fabio.doc</t>
   </si>
   <si>
     <t>Arrumação da escada do Migliano.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/326/requerimento_023_calcamento_machado_coelho_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/326/requerimento_023_calcamento_machado_coelho_fabio.doc</t>
   </si>
   <si>
     <t>Calçamento na Avenida Machado Coelho.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/327/requerimento_024_calcamento_ruas_loteamento_tirano_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/327/requerimento_024_calcamento_ruas_loteamento_tirano_fabio.doc</t>
   </si>
   <si>
     <t>Calçamento das ruas do Loteamento Tirano, mais conhecido como Portelinha.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/328/requerimento_025_limpeza_nos_pocos_artesianos_e_h56QSF4.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/328/requerimento_025_limpeza_nos_pocos_artesianos_e_h56QSF4.docx</t>
   </si>
   <si>
     <t>Limpeza dos poços artesianos e das caixas d'água de todas as localidades.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/329/requerimento_026-faca_varredura_para_retirar_ca_uGjDESk.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/329/requerimento_026-faca_varredura_para_retirar_ca_uGjDESk.docx</t>
   </si>
   <si>
     <t>Eliminação dos Caramujos mo centro e em todos os bairros.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/330/requerimento_027_iluminacao_rua_antonio_rosa_joao_carlos.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/330/requerimento_027_iluminacao_rua_antonio_rosa_joao_carlos.doc</t>
   </si>
   <si>
     <t>colocação de braços de iluminação pública nos postes até o final da rua Antônio Rosa.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/331/requerimento_028_colocacao_de_telefone_fixo_na__gfZVeBz.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/331/requerimento_028_colocacao_de_telefone_fixo_na__gfZVeBz.docx</t>
   </si>
   <si>
     <t>Colocação de telefone fixo na UBS de Silveira Lobo.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/333/requerimento_030_parque_de_diversao_ericeira-marcus_v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/333/requerimento_030_parque_de_diversao_ericeira-marcus_v.docx</t>
   </si>
   <si>
     <t>Solicitação de um parque de diversão na praça na localidade de Ericeira.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Fábio Joaquim, Joãozinho Batata</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/334/requerimento_031-_reforma_da_quadra_ao_lado_da__2af1n3R.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/334/requerimento_031-_reforma_da_quadra_ao_lado_da__2af1n3R.docx</t>
   </si>
   <si>
     <t>Reforma completa da quadra poliesportiva do antigo parque de exposição.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/335/requerimento_032-_rocada_e_manutencao_na_estrad_C2OTAgR.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/335/requerimento_032-_rocada_e_manutencao_na_estrad_C2OTAgR.docx</t>
   </si>
   <si>
     <t>Roçamento e manutenção da estrada que liga Silveira Lobo a Sossego.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/336/requerimento_033_iluminacao_de_rua_slobo_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/336/requerimento_033_iluminacao_de_rua_slobo_fabio.doc</t>
   </si>
   <si>
     <t>Colocação de iluminação pública na rua Camilo Ferreira da Fonseca na localidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/337/requerimento_034_contratacao_de_professor_de_ed__5MC3BIF.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/337/requerimento_034_contratacao_de_professor_de_ed__5MC3BIF.doc</t>
   </si>
   <si>
     <t>Contratação de professor de educação física para academia popular instalada na Praça Mauro Roquete Pinto e Praça de Ericeira.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/338/requerimento_035_ajuda_na_desinterdicao_santanense_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/338/requerimento_035_ajuda_na_desinterdicao_santanense_fabio.doc</t>
   </si>
   <si>
     <t>Prestação acessória ao Clube Santanense.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/339/requerimento_036_onibus_para_cadeirantes_fabio_r_YC8zI7G.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/339/requerimento_036_onibus_para_cadeirantes_fabio_r_YC8zI7G.doc</t>
   </si>
   <si>
     <t>Solicitação junto a Viação Sertaneja ônibus adaptados a portadores de necessidades especiais.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/340/requerimento_037_lixeiras_em_todo_municipio_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/340/requerimento_037_lixeiras_em_todo_municipio_fabio.doc</t>
   </si>
   <si>
     <t>Colocação de lixeiras em todos os bairros e centro do município.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/341/requerimento_038_manutencao_e_limpeza_rede_de_es_A07nmX1.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/341/requerimento_038_manutencao_e_limpeza_rede_de_es_A07nmX1.doc</t>
   </si>
   <si>
     <t>Reparo na rede de esgoto do Migliano.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/342/requerimento_039-_construcao_de_quadra_no_milgl_IztueAb.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/342/requerimento_039-_construcao_de_quadra_no_milgl_IztueAb.docx</t>
   </si>
   <si>
     <t>Construção de quadra poliesportiva na Localidade do Migliano.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/343/requerimento_040-implosao_da_pedreira-__fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/343/requerimento_040-implosao_da_pedreira-__fabio.docx</t>
   </si>
   <si>
     <t>Implosão e alargamento da pedreira na estrada Serraria/Bairro das Flores.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/344/requerimento_041-__colocacao_de_poste_na_rua_an_ZNRfjPM.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/344/requerimento_041-__colocacao_de_poste_na_rua_an_ZNRfjPM.docx</t>
   </si>
   <si>
     <t>Possibilidade de fazer a colocação de um poste na Rua Antônio Bruno na Localidade de Ericeira.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/345/requerimento_042_iluminacao_e_calcamento_rua_ant_kG2mIDl.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/345/requerimento_042_iluminacao_e_calcamento_rua_ant_kG2mIDl.doc</t>
   </si>
   <si>
     <t>Colocação de iluminação pública e calçamento na Rua Antônio José Soares na localidade de Ericeira.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/346/requerimento_043_iliminacao_rua_antonio_bruno_fa_Igcsnn6.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/346/requerimento_043_iliminacao_rua_antonio_bruno_fa_Igcsnn6.doc</t>
   </si>
   <si>
     <t>Colocação de iluminação na Rua Antônio Bruno na Localidade de Ericeira.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/347/requerimento_044_limpeza_do_rio_caguicho-_joao_carlos.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/347/requerimento_044_limpeza_do_rio_caguicho-_joao_carlos.doc</t>
   </si>
   <si>
     <t>Limpeza nas margens do Rio Caguincho.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/348/requerimento_045_limpeza_de_estrada_-fabioleorob_9pjCPtp.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/348/requerimento_045_limpeza_de_estrada_-fabioleorob_9pjCPtp.doc</t>
   </si>
   <si>
     <t>Poda e retirada de bambus que beiram as estradas de Santa Bárbara.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Possibilidade de criação de horários de ônibus Santana/Juiz de Fora pelo novo acesso pela Viação Sertaneja.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/350/requerimento_047_iluminacao_esquina_no_bflores_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/350/requerimento_047_iluminacao_esquina_no_bflores_fabio.doc</t>
   </si>
   <si>
     <t>Iluminação pública na esquina da Rua José Valentim Clemente e Avenida Machado Coelho.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/351/requerimento_048_limpeza_das_copas_dos_coqueiros_OvQ22WG.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/351/requerimento_048_limpeza_das_copas_dos_coqueiros_OvQ22WG.doc</t>
   </si>
   <si>
     <t>Limpeza dos coqueiros da Praça Mauro Roquete Pinto.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/353/requerimento_050_limpeza_da_estrada_santana_jf-_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/353/requerimento_050_limpeza_da_estrada_santana_jf-_fabio.doc</t>
   </si>
   <si>
     <t>Limpeza da estrada que liga Santana/Juiz de Fora.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/354/requerimento_051__quebra_molas_rua_pedro_coelho__RxQdfs7.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/354/requerimento_051__quebra_molas_rua_pedro_coelho__RxQdfs7.doc</t>
   </si>
   <si>
     <t>Colocação de quebra molas na Rua Pedro Coelho na localidade de Serraria.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/355/requerimento_052_rampa_de_acesso_para_o_cartorio_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/355/requerimento_052_rampa_de_acesso_para_o_cartorio_fabio.doc</t>
   </si>
   <si>
     <t>Possibilidade de construção de uma rampa de acesso para cadeirantes na porta do Cartório de Registro Civil.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>Joãozinho Batata, Marcus Vinicius</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/356/requerimento_053_reforma_da_quadra_de_ericeira___ua6mlrQ.doc</t>
+    <t>Joãozinho Batata, Marquinhos Tirinha</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/356/requerimento_053_reforma_da_quadra_de_ericeira___ua6mlrQ.doc</t>
   </si>
   <si>
     <t>Reforma geral da quadra poliesportiva na localidade de Ericeira.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/357/requerimento_054_ponto_de_onibus_rua_milton_mont_Eek76nY.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/357/requerimento_054_ponto_de_onibus_rua_milton_mont_Eek76nY.doc</t>
   </si>
   <si>
     <t>Colocação de ponto de ônibus na entrada do Migliano.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/358/requerimento_055-_colocacao_de_tambores_de_lixo_AGVyiL2.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/358/requerimento_055-_colocacao_de_tambores_de_lixo_AGVyiL2.docx</t>
   </si>
   <si>
     <t>Possibilidade de colocação de tambores de lixo na Rua Dr. Augusto Bastos Chaves.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/359/requerimento_056_reforma_do_telhado_da_casa_do_artesao.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/359/requerimento_056_reforma_do_telhado_da_casa_do_artesao.doc</t>
   </si>
   <si>
     <t>Reforma do telhado da Casa do Artesão.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/360/requerimento_057_tele_centro_no_bf__fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/360/requerimento_057_tele_centro_no_bf__fabio.doc</t>
   </si>
   <si>
     <t>Coloque em funcionamento o tele-centro do Bairro das Flores.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/361/requerimento_058_construcao_de_cobertura_para_os_PmuSIA1.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/361/requerimento_058_construcao_de_cobertura_para_os_PmuSIA1.doc</t>
   </si>
   <si>
     <t>Construção de uma cobertura na área de saúde onde fica os carros.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>Joãozinho Batata, Marcus Vinicius, Vino</t>
+    <t>Joãozinho Batata, Marquinhos Tirinha, Vino</t>
   </si>
   <si>
     <t>Calçamento da Rua Francisco Municipal na localidade de Ericeira.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_060-a_veriguar_as_lampadas_postes_f_qsmSQ0D.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_060-a_veriguar_as_lampadas_postes_f_qsmSQ0D.doc</t>
   </si>
   <si>
     <t>Coloque um funcionário para averiguar lâmpadas queimadas em todo o município.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_061_mrscancela_no_bairro_das_flores_BCOi2KA.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_061_mrscancela_no_bairro_das_flores_BCOi2KA.doc</t>
   </si>
   <si>
     <t>Colocação de uma cancela na passagem na entrada no Bairro das Flores.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/365/requerimento_062-_concretagem_em_torno_dos_poco_N5HfjjL.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/365/requerimento_062-_concretagem_em_torno_dos_poco_N5HfjjL.docx</t>
   </si>
   <si>
     <t>Concretagem em torno dos poços artesianos do Bairro das Flores.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/366/requerimento_063_passarela_bflores_lgasparian__f_GEjV7g6.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/366/requerimento_063_passarela_bflores_lgasparian__f_GEjV7g6.doc</t>
   </si>
   <si>
     <t>Construção de passarela sobre o Rio Paraibuna ligando a Localidade do Bairro das Flores a Comendador Levy Gasparian.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>Fábio Joaquim, Marcus Vinicius</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/367/requerimento_064_calcamento_ericeira_-marcus_vinicius.doc</t>
+    <t>Fábio Joaquim, Marquinhos Tirinha</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/367/requerimento_064_calcamento_ericeira_-marcus_vinicius.doc</t>
   </si>
   <si>
     <t>Calçamento na Rua Domiciliano Monteiro e na Rua Renato Carneiro.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/368/requerimento_065-_remarcacao_dos_pontos_de_taxi_LObRNPH.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/368/requerimento_065-_remarcacao_dos_pontos_de_taxi_LObRNPH.docx</t>
   </si>
   <si>
     <t>Remarcação dos pontos de táxi do município.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/369/requerimento_066_manilha_ericeira.-marcus_v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/369/requerimento_066_manilha_ericeira.-marcus_v.docx</t>
   </si>
   <si>
     <t>Solicitação de uma manilha de drenagem no início da Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/370/requerimento_067_reforma_da_praca-marcus_v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/370/requerimento_067_reforma_da_praca-marcus_v.docx</t>
   </si>
   <si>
     <t>Solicitação de reforma na Praça de Ericeira.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Vino</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/371/requerimento_068-_colocacao_postes_na_rua_sever_xavIMK4.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/371/requerimento_068-_colocacao_postes_na_rua_sever_xavIMK4.docx</t>
   </si>
   <si>
     <t>Colocação de braços de luz no poste da Rua Severino Junqueira.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/372/requerimento_069-_mata_burro-marcus_vinicius_e_fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/372/requerimento_069-_mata_burro-marcus_vinicius_e_fabio.docx</t>
   </si>
   <si>
     <t>Colocação de mata burro próximo aos Sítios Quirino, São Gilberto e São Bento.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/373/requerimento_070_implementos_para_trator_joao_carlos.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/373/requerimento_070_implementos_para_trator_joao_carlos.doc</t>
   </si>
   <si>
     <t>Aquisição de lâmina para o trator de niveladora de arrasto.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/374/requerimento_071_tranferencia_da_academia_erice_VP5AQsN.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/374/requerimento_071_tranferencia_da_academia_erice_VP5AQsN.docx</t>
   </si>
   <si>
     <t>Transferência da Academia na Localidade de Ericeira para outro local.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/375/requerimento_072_limpeza_e_dragagem_de_corrego_f_85Ubr6c.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/375/requerimento_072_limpeza_e_dragagem_de_corrego_f_85Ubr6c.doc</t>
   </si>
   <si>
     <t>Limpeza do Córrego Recreio da Serra.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/376/requerimento_073-colocacao_da_academia_da_saude_kn6Fi0f.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/376/requerimento_073-colocacao_da_academia_da_saude_kn6Fi0f.docx</t>
   </si>
   <si>
     <t>Colocação da Academia da Saúde nas localidades que ainda não tem.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_074_melhoria_na_descida_do_biacano__zHUYtOX.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_074_melhoria_na_descida_do_biacano__zHUYtOX.doc</t>
   </si>
   <si>
     <t>Seja feito um projeto para melhorar o acesso e dar mais segurança aos que trafegam no trecho da descida da cachoeira do Bicano.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_075_placas_com_nomes_de_ruas_e_loca_36mwTpu.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_075_placas_com_nomes_de_ruas_e_loca_36mwTpu.doc</t>
   </si>
   <si>
     <t>Colocação de placas com os nomes das ruas em todas as localidades.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_076-_requere_que_medicamentos_seja_YLuNzgz.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_076-_requere_que_medicamentos_seja_YLuNzgz.docx</t>
   </si>
   <si>
     <t>Os medicamentos prescritos aos pacientes sejam entregues imediatamente aos mesmos.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_077-escada_e_iluminacao_n_80-marcus_v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_077-escada_e_iluminacao_n_80-marcus_v.docx</t>
   </si>
   <si>
     <t>Reforma da servidão próximo a guarita.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_078_construcao_da_escada_no_loteam_6FmoUTg.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_078_construcao_da_escada_no_loteam_6FmoUTg.docx</t>
   </si>
   <si>
     <t>Possibilidade de construir a escada de servidão no loteamento Tirano.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_079_reforma_do_posto_de_saude_eric_0Jorf32.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_079_reforma_do_posto_de_saude_eric_0Jorf32.docx</t>
   </si>
   <si>
     <t>Reforma do posto de saúde em Ericeira.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_080_calcamento_das_ruas_do_bairro_d_dclz0kI.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_080_calcamento_das_ruas_do_bairro_d_dclz0kI.doc</t>
   </si>
   <si>
     <t>Finalização do calçamento nas ruas do Bairro das Flores.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>Marcus Vinicius, Danilo</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_081-_limpeza_na_ru_antonio_rosa_ma_XAl2TZg.docx</t>
+    <t>Marquinhos Tirinha, Danilo</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_081-_limpeza_na_ru_antonio_rosa_ma_XAl2TZg.docx</t>
   </si>
   <si>
     <t>Solicitação de limpeza e calçamento de passeio na Rua Antônio Rosa.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_082_colocacao_de_poste_rua_francisc_DXDRm86.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_082_colocacao_de_poste_rua_francisc_DXDRm86.doc</t>
   </si>
   <si>
     <t>Colocação de poste de iluminação pública na Rua Francisco de Souza na Localidade de Ericeira.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_083_limpeza_de_boeiros_e_bocas_de__30IiyAd.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_083_limpeza_de_boeiros_e_bocas_de__30IiyAd.docx</t>
   </si>
   <si>
     <t>Limpeza das bocas de lobo e bueiros dos perímetros urbanos e de estradas vicinais.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_084_termino_do_calcamenteo_rua_da_e_xOBXl7P.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_084_termino_do_calcamenteo_rua_da_e_xOBXl7P.doc</t>
   </si>
   <si>
     <t>Calçamento da rua da estação na Localidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_085-_iluminacao_na_praca_de_ericei_CZZRHTX.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_085-_iluminacao_na_praca_de_ericei_CZZRHTX.docx</t>
   </si>
   <si>
     <t>Colocação de bancos e iluminação na praça Agente Carlos Rosas.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_086-iluminacao_em_frente_ao_galpao_BjFLUiR.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_086-iluminacao_em_frente_ao_galpao_BjFLUiR.docx</t>
   </si>
   <si>
     <t>Iluminação na área ao lado da quadra poliesportiva em frente ao portão do galpão da Prefeitura.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_087_cobertura_para_arquibancada_do_jBvPLJv.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_087_cobertura_para_arquibancada_do_jBvPLJv.docx</t>
   </si>
   <si>
     <t>Colocação de cobertura na arquibancada do campo do Bairro das Flores.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_088__ampliamento_ericeira_marcus_v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_088__ampliamento_ericeira_marcus_v.docx</t>
   </si>
   <si>
     <t>Ampliamento da Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_089-revisao_de_diaria_fabiorobertal_dRYKoTb.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_089-revisao_de_diaria_fabiorobertal_dRYKoTb.doc</t>
   </si>
   <si>
     <t>Estude a possibilidade de ajustar os valores das diárias para valores que possibilitem dignamente o funcionário para viajar a serviço.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_090-_iluminacao_publica_loteamento_2VZH2Gf.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_090-_iluminacao_publica_loteamento_2VZH2Gf.docx</t>
   </si>
   <si>
     <t>Possibilidade de colocar iluminação pública na Rua Domingos Dias de Almeida no Loteamento Tirano.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_091-reparo_da_rede_de_esgoto_e_rep_Ck2M9lc.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_091-reparo_da_rede_de_esgoto_e_rep_Ck2M9lc.docx</t>
   </si>
   <si>
     <t>Reparo do pavimento e termino da obra da rede de esgoto na Avenida Silvio Bastos na Localidade de Ericeira.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_092_calha_na_avenida_silvio_bastos_jK0rBnI.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_092_calha_na_avenida_silvio_bastos_jK0rBnI.docx</t>
   </si>
   <si>
     <t>Solicitação que seja feita uma calha na Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_093-_quebra_mola_marcus_vinicius.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_093-_quebra_mola_marcus_vinicius.docx</t>
   </si>
   <si>
     <t>Colocação de quebra mola na avenida Silvio Bastos na localidade de Ericeira.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_094-contratacao_de_psicologo_pra_e_DiA7jbB.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_094-contratacao_de_psicologo_pra_e_DiA7jbB.docx</t>
   </si>
   <si>
     <t>Solicitação de contratação de psicólogo para atuar exclusivamente nas Escolas.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_095_reforma_da_estacao_de_serraria_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_095_reforma_da_estacao_de_serraria_fabio.doc</t>
   </si>
   <si>
     <t>Reforma e restauração da estação ferroviária de Serraria.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_096-_impostos_anistia_de_impostos__AxuwxBd.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_096-_impostos_anistia_de_impostos__AxuwxBd.docx</t>
   </si>
   <si>
     <t>Solicita estudo de possibilidade de anistia aos impostos.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/401/requerimento_097-limpeza_das_margens_do_bicano__cQyylcK.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/401/requerimento_097-limpeza_das_margens_do_bicano__cQyylcK.docx</t>
   </si>
   <si>
     <t>Limpeza das marges do rio do trecho ponte até a ponte da cachoeira do Bicano.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/402/requerimento_098_-estenda_a_pavimentacao_asfalti_o4JQtsL.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/402/requerimento_098_-estenda_a_pavimentacao_asfalti_o4JQtsL.doc</t>
   </si>
   <si>
     <t>Estenda a pavimentação asfáltica da estrada Serraria/Bairro das Flores.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/403/requerimento_099_linha_telefonica_no_posto_de_sa_CrwdB68.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/403/requerimento_099_linha_telefonica_no_posto_de_sa_CrwdB68.doc</t>
   </si>
   <si>
     <t>RETIRADO PELO AUTOR.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_100_construcao_de_muro_na_divisa_do_15wBNv3.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_100_construcao_de_muro_na_divisa_do_15wBNv3.doc</t>
   </si>
   <si>
     <t>Providencie a construção de um muro nos fundos do cemitério municipal.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/405/requerimento_101-_colocacao_de_cacamba_de_lixo-_ijV3C3T.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/405/requerimento_101-_colocacao_de_cacamba_de_lixo-_ijV3C3T.docx</t>
   </si>
   <si>
     <t>Colocação de caçambas de lixo em todos os bairros do município.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/406/requerimento_102-limpeza_do_beco_da_mina_fabio__87sQCNR.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/406/requerimento_102-limpeza_do_beco_da_mina_fabio__87sQCNR.docx</t>
   </si>
   <si>
     <t>Limpeza urgente do "beco da mina" na Rua Maura Ferreira Corrêa da Silva.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_103-_iliminacao_na_r....._fabio_ro_gymMDRJ.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_103-_iliminacao_na_r....._fabio_ro_gymMDRJ.docx</t>
   </si>
   <si>
     <t>Colocação de poste de iluminação pública na Rua Pedro Pullig na Localidade de Sossego.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/408/requerimento_104-_iluminacao_da_estacao_de_serr_abo4Lwh.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/408/requerimento_104-_iluminacao_da_estacao_de_serr_abo4Lwh.docx</t>
   </si>
   <si>
     <t>Colocação de iluminação pública na estação de Serraria e a retirada dos carros velhos abandonados do local.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/409/requerimento_105-_construcao_de_ponto_de_onibus_ZwE2NvZ.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/409/requerimento_105-_construcao_de_ponto_de_onibus_ZwE2NvZ.docx</t>
   </si>
   <si>
     <t>Construção de pontos de ônibus nas localidades do Bairro das Flores e de Serraria.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_106_capitacao_de_agua_fluvial_eric_ycOOV40.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_106_capitacao_de_agua_fluvial_eric_ycOOV40.docx</t>
   </si>
   <si>
     <t>Solicitação que na Avenida Silvio Bastos seja feita a capitação de água fluvial de manilha de metro.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/411/requerimento_107-_reparo_do_bueriro_e_coloccao_d_v1bWq3l.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/411/requerimento_107-_reparo_do_bueriro_e_coloccao_d_v1bWq3l.doc</t>
   </si>
   <si>
     <t>Reparo de bueiro na Rua Pedro Coelho Badaró na localidade de Serraria.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_108_poste_de_iluminacao_e_calcament_QGp4lPB.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_108_poste_de_iluminacao_e_calcament_QGp4lPB.doc</t>
   </si>
   <si>
     <t>Colocação de um poste de iluminação na Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_109_coloque_grade_no_bueiro_de__er_web6w6F.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_109_coloque_grade_no_bueiro_de__er_web6w6F.docx</t>
   </si>
   <si>
     <t>Colocação de uma grade no bueiro da Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_110_analise_de_agua_do_municipio__f_bFOL8fV.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_110_analise_de_agua_do_municipio__f_bFOL8fV.doc</t>
   </si>
   <si>
     <t>Análise  da qualidade água consumida em todo o município.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/415/requerimento_111recolocacao_do_meio_fio_ericeir_BNUCYy6.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/415/requerimento_111recolocacao_do_meio_fio_ericeir_BNUCYy6.docx</t>
   </si>
   <si>
     <t>Recolocação de todo o meio-fio das ruas e avenidas da localidade de Ericeira.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_112_-interceda_junto_ao_der_reforma_oziyv15.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_112_-interceda_junto_ao_der_reforma_oziyv15.doc</t>
   </si>
   <si>
     <t>interceda junto ao DER que faça obras de melhorias no trevo junto ao pórtico na entrada da cidade.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/417/requerimento_113_criado_curso_de_artesanato_fabi_DMjTZog.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/417/requerimento_113_criado_curso_de_artesanato_fabi_DMjTZog.doc</t>
   </si>
   <si>
     <t>Criação de cursos de artesanato para reativação da Casa do Artesão.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/418/requerimento_114_rampa_para_cadeirantes_escola_e_v1cipDp.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/418/requerimento_114_rampa_para_cadeirantes_escola_e_v1cipDp.doc</t>
   </si>
   <si>
     <t>Construção de rampa para cadeirante na entrada da Escola Municipal Maria Antonio Bruno, ma localidade de Ericeira.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/419/requerimento_115-_tampar_os_buracos_do_asfalto__CQ2w0Lk.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/419/requerimento_115-_tampar_os_buracos_do_asfalto__CQ2w0Lk.docx</t>
   </si>
   <si>
     <t>Tampe os buracos do asfalto na localidade de Ericeira.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/420/requerimento_116-colocacao_de_lixeira_em_frente_fzbT9Us.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/420/requerimento_116-colocacao_de_lixeira_em_frente_fzbT9Us.docx</t>
   </si>
   <si>
     <t>Colocação de uma lixeira na Rua Francelino Corrêa.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_117-_iluminacao_na_escadaria_da_ca_5yts1mo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_117-_iluminacao_na_escadaria_da_ca_5yts1mo.docx</t>
   </si>
   <si>
     <t>Possibilidade de fazer calçamento e colocação de iluminação na rua que da acesso a escadaria da capela mortuária.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/422/requerimento_118-plantacao_de_grama_e_arvores_n_biefRnV.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/422/requerimento_118-plantacao_de_grama_e_arvores_n_biefRnV.docx</t>
   </si>
   <si>
     <t>Possibilidade de plantação de gramas e árvores beirando o calçadão na entrada da cidade</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/423/requerimento_119_coloque_bueiro-fabiorobertajoa_kuGGAAP.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/423/requerimento_119_coloque_bueiro-fabiorobertajoa_kuGGAAP.docx</t>
   </si>
   <si>
     <t>Colocação de um boeiro na rua José Granato na localidade de Sossego.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/424/requerimento_120-_contratacao_de_clinico_geral__ozpKrPX.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/424/requerimento_120-_contratacao_de_clinico_geral__ozpKrPX.docx</t>
   </si>
   <si>
     <t>Contratação de mais um clínico geral para fazer atendimento no Bairro das Flores.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/425/requerimento_121-_reforma_na_estrada_de_serrari_MNQYjFZ.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/425/requerimento_121-_reforma_na_estrada_de_serrari_MNQYjFZ.docx</t>
   </si>
   <si>
     <t>Providenciar a reforma da estrada que liga Serraria ao Bairro das Flores.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/426/requerimento_122-_coleta_de_residuos_joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/426/requerimento_122-_coleta_de_residuos_joao.docx</t>
   </si>
   <si>
     <t>Coleta de resíduos nas localidades rurais.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/427/requerimento_123-_poste_de_iluminacao_publicana_yB4iB6A.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/427/requerimento_123-_poste_de_iluminacao_publicana_yB4iB6A.docx</t>
   </si>
   <si>
     <t>Colocação de um poste de iluminação pública na Rua Armando Granzinoli.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/428/requerimento_124_pavimentacao_da_rua_antonio_jo_WQUJ79o.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/428/requerimento_124_pavimentacao_da_rua_antonio_jo_WQUJ79o.docx</t>
   </si>
   <si>
     <t>Solicitação de pavimentação da Rua Antonio José Soares.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/429/requerimento_125-_instalacao_de_dois_poste_marc_CXgk6PZ.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/429/requerimento_125-_instalacao_de_dois_poste_marc_CXgk6PZ.docx</t>
   </si>
   <si>
     <t>Possibilidade de instalação de dois postes de iluminação pública na Rua Antonio Bruno.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>Fábio Joaquim, Joãozinho Batata, Léo da Bomba, Luiz Carlos, Marcus Vinicius, Roberta Cacau</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/430/requerimento_126-_rua_francelino_correa.doc</t>
+    <t>Fábio Joaquim, Cacá, Joãozinho Batata, Léo da Bomba, Marquinhos Tirinha, Roberta Cacau</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/430/requerimento_126-_rua_francelino_correa.doc</t>
   </si>
   <si>
     <t>Calçamento do trecho final da Rua Francelino Corrêa.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/431/requerimento_127-_sinal_de_celular_em_ericeira-_SL3E7r8.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/431/requerimento_127-_sinal_de_celular_em_ericeira-_SL3E7r8.docx</t>
   </si>
   <si>
     <t>Agracie a comunidade de Ericeira com inclusão digital.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_128_autorizacao_de_projeto_horto_e_OguXOrj.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_128_autorizacao_de_projeto_horto_e_OguXOrj.docx</t>
   </si>
   <si>
     <t>Projeto de um Horto Florestal ou parque ecológico na Capinheira do bairro de Ericeira.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_129-_passar_a_maquina_na_estrada_d_ajxEydK.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_129-_passar_a_maquina_na_estrada_d_ajxEydK.docx</t>
   </si>
   <si>
     <t>Passe a máquina na entrada do Sítio Tuiuiu.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/434/requerimento_130-colocacao_de_saibro_no_trecho__Ytbqcxo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/434/requerimento_130-colocacao_de_saibro_no_trecho__Ytbqcxo.docx</t>
   </si>
   <si>
     <t>Arrumação da estrada secundária de saída da cidade, trecho conhecido como "Nova Santana".</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/435/requerimento_131-_rampa_casa_do_artesao__joao_carlos.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/435/requerimento_131-_rampa_casa_do_artesao__joao_carlos.doc</t>
   </si>
   <si>
     <t>Construa uma rampa de acesso e uma calçada do portão até a porta da casa do artesão.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/436/requerimento_132_convenio_para_dragarem_rio_cagi_EXKBuA1.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/436/requerimento_132_convenio_para_dragarem_rio_cagi_EXKBuA1.doc</t>
   </si>
   <si>
     <t>Possibilidade de realização de convênio com o Governo Federal para dragagem de desassoreamento do Rio Caguincho.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Fábio Joaquim, Léo da Bomba, Roberta Cacau</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/437/requerimento_133-__limpeza_da_valeta_ao_lado_da_lZIJKSW.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/437/requerimento_133-__limpeza_da_valeta_ao_lado_da_lZIJKSW.docx</t>
   </si>
   <si>
     <t>Possibilidade de fazer limpeza de uma valeta de uma que passa ao lado da escola do Bairro das Flores.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/438/requerimento_134_criacao_de_cargo_de_psicologo_f_Buo7wAa.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/438/requerimento_134_criacao_de_cargo_de_psicologo_f_Buo7wAa.doc</t>
   </si>
   <si>
     <t>Criação de mais um cargo de psicologo para atendimento nas unidade de saúde do Município.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/439/requerimento_135-_urbanizacao_da_rua_domiciano__id2Et5W.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/439/requerimento_135-_urbanizacao_da_rua_domiciano__id2Et5W.docx</t>
   </si>
   <si>
     <t>Urbanização da Rua Domiciano Monteiro da Silva, na localidade de Sossego.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/440/requerimento_136-__quebra_mola_na_rua_arcilia_-_mf9pzEf.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/440/requerimento_136-__quebra_mola_na_rua_arcilia_-_mf9pzEf.docx</t>
   </si>
   <si>
     <t>Que faça um quebro mola na Rua Arcília Bastos, na Localidade de Ericeira.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/441/requerimento_137_iluminacao_marcus_vinicius.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/441/requerimento_137_iluminacao_marcus_vinicius.doc</t>
   </si>
   <si>
     <t>Revisão de iluminação pública na Praça em frente a Escola na localidade de Ericeira.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/442/requerimento_138_calcamento_rua_francisco_de_sou_VFXAb5z.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/442/requerimento_138_calcamento_rua_francisco_de_sou_VFXAb5z.doc</t>
   </si>
   <si>
     <t>Compra de um caminhão pipa.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/443/requerimento_139ponto_de_onibus-marcus_v..docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/443/requerimento_139ponto_de_onibus-marcus_v..docx</t>
   </si>
   <si>
     <t>Colocação de mais um ponto de ônibus com cobertura na localidade de Ericeira.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/444/requerimento_140-_recolhimento_de_lixo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/444/requerimento_140-_recolhimento_de_lixo.docx</t>
   </si>
   <si>
     <t>faça o recolhimento de poda e construção em todo nosso município com dias marcados nos bairros e no centro do município.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Joãozinho Batata, Roberta Cacau</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/445/requerimento_141_tampa_do_bueiro_da_rua_melo_br_8PfvxMq.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/445/requerimento_141_tampa_do_bueiro_da_rua_melo_br_8PfvxMq.docx</t>
   </si>
   <si>
     <t>Arrumar tampa do bueiro na Rua Dr. Melo Brandão.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/446/requerimento_142-_limpeza_na_estrada_de_ericeir_6u4G2yM.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/446/requerimento_142-_limpeza_na_estrada_de_ericeir_6u4G2yM.docx</t>
   </si>
   <si>
     <t>Roçada e limpeza da estrada que liga Ericeira a Serraria.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/447/requerimento_143-_instalacao_do_sistema_automat_RPK0NPu.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/447/requerimento_143-_instalacao_do_sistema_automat_RPK0NPu.docx</t>
   </si>
   <si>
     <t>Instalação de sistema de liga/desliga nas bombas dos poços artesianos nas demais localidades.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/448/requerimento_144-_numero_de_celular.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/448/requerimento_144-_numero_de_celular.docx</t>
   </si>
   <si>
     <t>Requerer número de telefone celular para cessão à Polícia Militar.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>Marcus Vinicius, Vino</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/449/requerimento_145_bebedouro_na_emmab_ericeira_mar_J1zpcwL.doc</t>
+    <t>Marquinhos Tirinha, Vino</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/449/requerimento_145_bebedouro_na_emmab_ericeira_mar_J1zpcwL.doc</t>
   </si>
   <si>
     <t>Revisão do bebedouro na Escola Municipal Maria Antônia Bruno na localidade de Ericeira.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Roberta Cacau</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/450/requerimento_146_verificar_a_possibilidade_de_r_HN5zmod.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/450/requerimento_146_verificar_a_possibilidade_de_r_HN5zmod.docx</t>
   </si>
   <si>
     <t>Verifique a possibilidade de realizar convênio que a possibilite a contratação de estagiários remunerados no âmbito da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/451/requerimento_147-_orelhao_na_rua_wilson_sanabio_GUmUJIp.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/451/requerimento_147-_orelhao_na_rua_wilson_sanabio_GUmUJIp.docx</t>
   </si>
   <si>
     <t>Estude a possibilidade de fazer a instalação de um orelhão na Rua Wilson Sanábio.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/452/requerimento_148-_iluminacao_no_migliano-fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/452/requerimento_148-_iluminacao_no_migliano-fabio.docx</t>
   </si>
   <si>
     <t>Colocação de iluminação na entrada do loteamento Migliano.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/453/requerimento_149_melhoria_na_iluminacao_de_slobo_f9iClyI.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/453/requerimento_149_melhoria_na_iluminacao_de_slobo_f9iClyI.doc</t>
   </si>
   <si>
     <t>Estude a possibilidade de melhoria na iluminação pública na comunidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/454/requerimento_150-reforcando_instalacao_de_ilumi_3mopOLx.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/454/requerimento_150-reforcando_instalacao_de_ilumi_3mopOLx.docx</t>
   </si>
   <si>
     <t>Instalação e corrimão na servidão no município.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>Danilo, Joãozinho Batata, Léo da Bomba, Marcus Vinicius, Roberta Cacau</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/455/requerimento_151__limpeza_das_margens_do_correg_byd4DnT.docx</t>
+    <t>Danilo, Joãozinho Batata, Léo da Bomba, Marquinhos Tirinha, Roberta Cacau</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/455/requerimento_151__limpeza_das_margens_do_correg_byd4DnT.docx</t>
   </si>
   <si>
     <t>Limpeza das margens do córrego na Rua Último de Carvalho.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/456/requerimento_152-_reparo_na_estrada_da_piedade-_Pmln0Ai.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/456/requerimento_152-_reparo_na_estrada_da_piedade-_Pmln0Ai.docx</t>
   </si>
   <si>
     <t>Realização de reparos e manutenção na estrada da Piedade.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/457/requerimento_153-_passar_a_patrol_na_estrada_do_oh2tzau.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/457/requerimento_153-_passar_a_patrol_na_estrada_do_oh2tzau.docx</t>
   </si>
   <si>
     <t>Possibilidade de passar a Patrol na estrada que dá acesso a Fazenda São Longuinho e Sítio da Laje.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/458/requerimento_154-reforma_da_mina_ericeira-marcus_v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/458/requerimento_154-reforma_da_mina_ericeira-marcus_v.docx</t>
   </si>
   <si>
     <t>Solicitação de reforma da mina de água do bairro de Ericeira.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/459/requerimento_155-termino_calcamento_da_estacao__VEDroTL.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/459/requerimento_155-termino_calcamento_da_estacao__VEDroTL.docx</t>
   </si>
   <si>
     <t>Solicitação de término no calçamento na rua da estação em Serraria.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/460/requerimento_156-recuperacao_da_escola_de_santa_gg3dnAy.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/460/requerimento_156-recuperacao_da_escola_de_santa_gg3dnAy.docx</t>
   </si>
   <si>
     <t>Possibilidade de recuperar o prédio da escola na localidade de Santa Bárbara.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/461/requerimento_157_sala_de_curativos_ubs_sossego_f_p1Th0t7.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/461/requerimento_157_sala_de_curativos_ubs_sossego_f_p1Th0t7.doc</t>
   </si>
   <si>
     <t>Estude a possibilidade de criar uma sala apropriada para execução de curativos na UBS da comunidade de Sossego.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/462/requerimento_158-_reforma_do_repuxo_da_praca_ma_L6zzWAj.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/462/requerimento_158-_reforma_do_repuxo_da_praca_ma_L6zzWAj.docx</t>
   </si>
   <si>
     <t>Possibilidade de recuperar o repuxo da Praça Mauro Roquete Pinto.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/463/requerimento_159_motocicleta_para_a_saude-_fabi_PQJyk5k.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/463/requerimento_159_motocicleta_para_a_saude-_fabi_PQJyk5k.docx</t>
   </si>
   <si>
     <t>Possibilidade de adquirir uma motocicleta para saúde.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/464/requerimento_160-_transformador_na_portelinha-f_pqzxDzT.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/464/requerimento_160-_transformador_na_portelinha-f_pqzxDzT.docx</t>
   </si>
   <si>
     <t>Possibilidade de colocar transformador na Portelinha.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/465/requerimento_161_bebedouro_posto_de_silveria_lobo_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/465/requerimento_161_bebedouro_posto_de_silveria_lobo_fabio.doc</t>
   </si>
   <si>
     <t>Instalação do bebedouro no posto de saúde da localidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/466/requerimento_162_colocacao_de_lampada_no_poste__ZSwCPuL.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/466/requerimento_162_colocacao_de_lampada_no_poste__ZSwCPuL.docx</t>
   </si>
   <si>
     <t>Colocação de lâmpada no poste da Rua Antônio Rosa.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/467/requerimento_163_quadra_poliesportiva_slobo_fabi_VdiC4ho.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/467/requerimento_163_quadra_poliesportiva_slobo_fabi_VdiC4ho.doc</t>
   </si>
   <si>
     <t>Construção de uma quadra poliesportiva e recreação de um parque para o púbico infantil na comunidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/468/requerimento_164_quadra_poliesportiva_sbarbara_f_m4rrLr9.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/468/requerimento_164_quadra_poliesportiva_sbarbara_f_m4rrLr9.doc</t>
   </si>
   <si>
     <t>Possibilidade e construir uma quadra poliesportiva na localidade de Santa Bárbara.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/469/requerimento_165-_placas_de_identificacao_nos_q_ECrSIyC.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/469/requerimento_165-_placas_de_identificacao_nos_q_ECrSIyC.docx</t>
   </si>
   <si>
     <t>Colocação e placas de identificação nos pontos de ônibus em todo o município.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/470/requerimento_166-_placas_de_identificacao_e_pin_px4rPNj.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/470/requerimento_166-_placas_de_identificacao_e_pin_px4rPNj.docx</t>
   </si>
   <si>
     <t>Colocação de placas de quebra-molas em todo o município.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/471/requerimento_167guarda_corpo_ponta_de_ericeira_m_9rzxs6U.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/471/requerimento_167guarda_corpo_ponta_de_ericeira_m_9rzxs6U.doc</t>
   </si>
   <si>
     <t>Solicitação de reforma na ponte na localidade de Ericeira que liga Santana a Chiador.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/472/requerimento_168_implantacao_de_programa.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/472/requerimento_168_implantacao_de_programa.doc</t>
   </si>
   <si>
     <t>Implantação de um programa de habitação popular no Município.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/473/requerimento_169termino_da_rede_de_esgoto_e_ilu_7kLwC1i.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/473/requerimento_169termino_da_rede_de_esgoto_e_ilu_7kLwC1i.docx</t>
   </si>
   <si>
     <t>Conclusão da rede de esgoto e iluminação na rua da estação na localidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/474/requerimento_170_audiencia_publica_mrs_logistica_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/474/requerimento_170_audiencia_publica_mrs_logistica_fabio.doc</t>
   </si>
   <si>
     <t>Convocação de Audiência Pública com a MRS Logistíca S/A.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/475/requerimento_171__colocacao_de_postes_na_r._sev_DE9FHHg.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/475/requerimento_171__colocacao_de_postes_na_r._sev_DE9FHHg.docx</t>
   </si>
   <si>
     <t>Colocação de postes de iluminação na Rua Severino Junqueira na localidade de Ericeira.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/476/requerimento_172_poste_e_luminario_na_rua_joao_m_0K7JnAl.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/476/requerimento_172_poste_e_luminario_na_rua_joao_m_0K7JnAl.doc</t>
   </si>
   <si>
     <t>Colocação de poste de iluminação na Rua João Monteiro de Almeida.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/477/requerimento_173_troca_de_2_telhas_na_quadra_po_gsmWTZB.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/477/requerimento_173_troca_de_2_telhas_na_quadra_po_gsmWTZB.docx</t>
   </si>
   <si>
     <t>Possibilidade de troca de duas telhas danificadas na quadra de Ericeira.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/478/requerimento_174-_passar_maquina_de_sao_marcos__I2fcFJV.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/478/requerimento_174-_passar_maquina_de_sao_marcos__I2fcFJV.docx</t>
   </si>
   <si>
     <t>Possibilidade de passar máquina na estrada de São Marcos ao Sítio Castílio.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/479/requerimento_175_colocacao_de_globo_de_iluminac_LKrPtp9.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/479/requerimento_175_colocacao_de_globo_de_iluminac_LKrPtp9.docx</t>
   </si>
   <si>
     <t>Colocação de globos de iluminação e substituir as lâmpadas do jardim do posto de saúde.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/480/requerimento_176_colocacao_de_redes_bomba_dagua_Sp5hY73.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/480/requerimento_176_colocacao_de_redes_bomba_dagua_Sp5hY73.docx</t>
   </si>
   <si>
     <t>Colocação de redes novas, bombas d'águam mangueira e suporte para irrigação no campo do Bairro das Flores.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/481/requerimento_177reforma_dos_vestiarios_campo_bfl_CVsPG9s.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/481/requerimento_177reforma_dos_vestiarios_campo_bfl_CVsPG9s.doc</t>
   </si>
   <si>
     <t>Solicitação de reforma do vestiário do campo do Bairro das Flores.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/482/requerimento_178_limpeza_da_escola_de_bairro_da_OqGIJXO.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/482/requerimento_178_limpeza_da_escola_de_bairro_da_OqGIJXO.docx</t>
   </si>
   <si>
     <t>Solicitação da limpeza e retirada dos pombos da Escola do Bairro das Flores.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/483/requerimento_179_-fechamento_de_rua_em_ericeira__wMETw8g.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/483/requerimento_179_-fechamento_de_rua_em_ericeira__wMETw8g.doc</t>
   </si>
   <si>
     <t>Fechamento de algumas ruas de Ericeira nos finais de semana para espaço de lazer.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/484/requerimento_180_iluminacao_rua_mando_david_graz_ocJUy10.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/484/requerimento_180_iluminacao_rua_mando_david_graz_ocJUy10.doc</t>
   </si>
   <si>
     <t>Colocação de poste de iluminação na Rua Mando David Granzinoli.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/485/requerimento_181_compra_de_rocadeiras_fabiorober_Rg5P0T8.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/485/requerimento_181_compra_de_rocadeiras_fabiorober_Rg5P0T8.doc</t>
   </si>
   <si>
     <t>Possibilidade de comprar roçadeiras.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/486/requerimento_182_-colocacao_de_iluminacao_publi_5PoKf5y.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/486/requerimento_182_-colocacao_de_iluminacao_publi_5PoKf5y.docx</t>
   </si>
   <si>
     <t>Possibilidade de colocar iluminação pública na Rua Severino Junqueira na Localidade de Ericeira.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/487/requerimento_183-limpeza_na_margens_dos_rios_e__y1AIRSH.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/487/requerimento_183-limpeza_na_margens_dos_rios_e__y1AIRSH.docx</t>
   </si>
   <si>
     <t>Possibilidade de limpeza dos córregos e rios do município.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Fábio Joaquim, Roberta Cacau</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/488/requerimento_184_informatica_no_bairro_das_flore_PIRem4T.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/488/requerimento_184_informatica_no_bairro_das_flore_PIRem4T.doc</t>
   </si>
   <si>
     <t>Possibilidade de implantação de uma sala de informática na escola do Bairro das Flores.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/489/requerimento_185_calcadao_entre_serraria_e_entra_IjalUWB.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/489/requerimento_185_calcadao_entre_serraria_e_entra_IjalUWB.doc</t>
   </si>
   <si>
     <t>Possibilidade de construção de um calçadão ligando  Serraria à entrada da estrada para Ericeira.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/490/requerimento_186-grades_em_buerio_r_francelino_c_ldpqLZ3.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/490/requerimento_186-grades_em_buerio_r_francelino_c_ldpqLZ3.doc</t>
   </si>
   <si>
     <t>Possibilidade de colocar tampas de bueiro na Rua Francelino Corrêa.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Possibilidade de convênio com a prefeitura de Levy Gasparian para manutenção da ponte da divisa.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/492/requerimento_188-_placas_de_proibido_estacionar_hdVvEv9.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/492/requerimento_188-_placas_de_proibido_estacionar_hdVvEv9.docx</t>
   </si>
   <si>
     <t>Colocação de placas ou pintura de proibido estacionar perto da Escola de Serraria.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Possibilidade de plantação de árvores no município.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/494/requerimento_190-_calcamento_da_rua_hamilton_sa_J2CpL75.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/494/requerimento_190-_calcamento_da_rua_hamilton_sa_J2CpL75.docx</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/495/requerimento_191calcamento_de_ruas_em_sossego__j_d9Qsw8z.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/495/requerimento_191calcamento_de_ruas_em_sossego__j_d9Qsw8z.doc</t>
   </si>
   <si>
     <t>Possibilidade de calçamento na Rua Renato Carneiro e na Praça, ambos na localidade de Sossego.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/496/requerimento_192_banheiros_nas_pracas_das_locali_D4r2HHj.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/496/requerimento_192_banheiros_nas_pracas_das_locali_D4r2HHj.doc</t>
   </si>
   <si>
     <t>Colocação de banheiros públicos em todas as praças do município.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/497/requerimento_193manutencao_do_bueiro_grade_av.s_uIibl8q.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/497/requerimento_193manutencao_do_bueiro_grade_av.s_uIibl8q.docx</t>
   </si>
   <si>
     <t>Solicitação de manutenção em um bueiro na Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/498/requerimento_194-_tampa_do_boeiro_na_av._silvio_vLPcxP7.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/498/requerimento_194-_tampa_do_boeiro_na_av._silvio_vLPcxP7.docx</t>
   </si>
   <si>
     <t>Colocação de tampa de bueiro na Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/500/requerimento_195_rocada_estrada_santana_serraria_fabio.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/500/requerimento_195_rocada_estrada_santana_serraria_fabio.doc</t>
   </si>
   <si>
     <t>RETIRADA PELOS AUTORES.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/501/requerimento_196-_reforma_da_unidade_de_saude_s_SgZWv8q.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/501/requerimento_196-_reforma_da_unidade_de_saude_s_SgZWv8q.docx</t>
   </si>
   <si>
     <t>Possibilidade de reforma da Unidade de Saúde de Santana do Deserto.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/502/requerimento_197cameras_de_monitoramento_nas_cre_YtlWkQS.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/502/requerimento_197cameras_de_monitoramento_nas_cre_YtlWkQS.doc</t>
   </si>
   <si>
     <t>Instalação de câmeras de monitoramento nas salas das creches do município.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/503/requerimento_198_ampliacao_da_ponte_de_silveira__5FCTxYE.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/503/requerimento_198_ampliacao_da_ponte_de_silveira__5FCTxYE.doc</t>
   </si>
   <si>
     <t>Possibilidade de ampliação da ponte sobre o Rio Caguincho na localidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/504/requerimento_199_poda_da_arvore-marcus_v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/504/requerimento_199_poda_da_arvore-marcus_v.docx</t>
   </si>
   <si>
     <t>Solicitação de podas de árvores na Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/505/requerimento_200_reparos_na_quadra_da_emjk.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/505/requerimento_200_reparos_na_quadra_da_emjk.doc</t>
   </si>
   <si>
     <t>Possibilidade de manutenção na quadra da Escola Municipal Juscelino Kubitschek.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/506/requerimento_201_refoma_da_escola_de_ericeira-marcus.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/506/requerimento_201_refoma_da_escola_de_ericeira-marcus.docx</t>
   </si>
   <si>
     <t>Possibilidade de reforma total da escola da Rua Antonio Bruno.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/507/requerimento_202_reforma_de_esgoto-marcus_vinicius.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/507/requerimento_202_reforma_de_esgoto-marcus_vinicius.docx</t>
   </si>
   <si>
     <t>Possibilidade de reforma da saída de esgoto que emboca no Rio Cagado na localidade de Ericeira.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/508/requerimento_203_sinal_livre_de_internet_fabio_e_joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/508/requerimento_203_sinal_livre_de_internet_fabio_e_joao.docx</t>
   </si>
   <si>
     <t>Colocação de internet livre em todos os bairros.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/509/requerimento_204-_limpeza__na_estrada_que_da_ac_ePTSTPE.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/509/requerimento_204-_limpeza__na_estrada_que_da_ac_ePTSTPE.docx</t>
   </si>
   <si>
     <t>Possibilidade de limpeza e manutenção na estrada que dá acesso ao Sítio da Laje e Fazenda São Longuinho.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>Vino, Joãozinho Batata, Marcus Vinicius</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/510/requerimento_205_reforma_da_praca_de_ericeira-vi_RhRXbol.doc</t>
+    <t>Vino, Joãozinho Batata, Marquinhos Tirinha</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/510/requerimento_205_reforma_da_praca_de_ericeira-vi_RhRXbol.doc</t>
   </si>
   <si>
     <t>Solicitação a reforma da praça do quiosque na localidade de Ericeira.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_206_recolhimento_de_lixo_santa_barb_7PdlHFD.doc</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_206_recolhimento_de_lixo_santa_barb_7PdlHFD.doc</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_207possibilidade_de_2_postes_de_il_73f45vf.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_207possibilidade_de_2_postes_de_il_73f45vf.docx</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/513/requerimento_208_revisao_de_iluminacao_publicaa_0zfxj5F.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/513/requerimento_208_revisao_de_iluminacao_publicaa_0zfxj5F.docx</t>
   </si>
   <si>
     <t>Revisão da iluminação da praça em frente a escola na localidade de Ericeira.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/514/requerimento_209_compra_de_caminhao_pipa.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/514/requerimento_209_compra_de_caminhao_pipa.docx</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/515/requerimento_210_recolhimento_de_lixo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/515/requerimento_210_recolhimento_de_lixo.docx</t>
   </si>
   <si>
     <t>RETIRA PELOS AUTORES.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/516/requerimento_211numero_de_telefone_celular_pm.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/516/requerimento_211numero_de_telefone_celular_pm.docx</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/517/requerimento_212_limpeza_antonio_rosa_joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/517/requerimento_212_limpeza_antonio_rosa_joao.docx</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/518/requerimento_213_implantacao_de_programa_de_hab_tz645CF.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/518/requerimento_213_implantacao_de_programa_de_hab_tz645CF.docx</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/519/requerimento_215-_avaliacao_da_ponte_de_serrari_yRAOoKn.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/519/requerimento_215-_avaliacao_da_ponte_de_serrari_yRAOoKn.docx</t>
   </si>
   <si>
     <t>Solicitação de avaliação na ponte que liga serraria a Levy Gasparian.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/522/requerimento_215-_avaliacao_da_ponte_de_serrari_3w2Qqfw.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/522/requerimento_215-_avaliacao_da_ponte_de_serrari_3w2Qqfw.docx</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_216_colocacao_de_material_fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_216_colocacao_de_material_fabio.docx</t>
   </si>
   <si>
     <t>Colocação do material conhecido como escória em todas as estradas de chão do município.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_217_reforma_de_bueiro_ericeira_marcus.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_217_reforma_de_bueiro_ericeira_marcus.docx</t>
   </si>
   <si>
     <t>Solicitação de reforma de bueiro na Avenida Silvio Bastos.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/525/requerimento_218_conceder_uniforme_roberta.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/525/requerimento_218_conceder_uniforme_roberta.docx</t>
   </si>
   <si>
     <t>Possibilidade de conceder uniforme de inverno para a rede de ensino municipal.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/526/requerimento_219_cursos_profissionalizantes_fab_sw0Zrfe.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/526/requerimento_219_cursos_profissionalizantes_fab_sw0Zrfe.docx</t>
   </si>
   <si>
     <t>Realização de cursos profissionalizantes no município.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/527/requerimento_220_posto_de_saude_sede_marcus_vinicius.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/527/requerimento_220_posto_de_saude_sede_marcus_vinicius.docx</t>
   </si>
   <si>
     <t>Solicitação de ar condicionado na sala de ginecologista do posto de saúde da sede.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Léo da Bomba, Fábio Joaquim, Joãozinho Batata</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/528/requerimento_221parque_de_diversao_no_bairro_da_9F3N6D5.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/528/requerimento_221parque_de_diversao_no_bairro_da_9F3N6D5.docx</t>
   </si>
   <si>
     <t>Solicitação de um parquinho na localidade de Ericeira.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/529/requerimento_222_estrada_da_gruta_e_silveira_lo_spEg5uM.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/529/requerimento_222_estrada_da_gruta_e_silveira_lo_spEg5uM.docx</t>
   </si>
   <si>
     <t>Solicitação de reparos que liga a Gruta a estrada de Silveira Lobo.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/530/requerimento_223_projeto_de_lei_leonardo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/530/requerimento_223_projeto_de_lei_leonardo.docx</t>
   </si>
   <si>
     <t>Solicitação de envio a esta casa de projeto de Lei com reajuste salarial para os funcionários do município.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Vino, Joãozinho Batata</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/531/requerimento_224_pintura_da_escola_ericeira_vino_e_joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/531/requerimento_224_pintura_da_escola_ericeira_vino_e_joao.docx</t>
   </si>
   <si>
     <t>Solicitação de pintura do muro da Escola Maria Antonio Bruno.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/532/requerimento_225_ampliacao_das_instalcoes_da_qu_cUnoamz.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/532/requerimento_225_ampliacao_das_instalcoes_da_qu_cUnoamz.docx</t>
   </si>
   <si>
     <t>Solicitação de reforma da quadra de Ericeira.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>Joãozinho Batata, Luiz Carlos</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/533/requerimento_226_abertura_do_escritorio_joao_e_caca.docx</t>
+    <t>Joãozinho Batata, Cacá</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/533/requerimento_226_abertura_do_escritorio_joao_e_caca.docx</t>
   </si>
   <si>
     <t>Providenciar notificação de convênio com a Emater visando a abertura do escritório para atendimento dos produtores rurais do nosso município.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/534/requerimento_227_pediatra_ericeira_vino.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/534/requerimento_227_pediatra_ericeira_vino.docx</t>
   </si>
   <si>
     <t>Solicitação de pediatra para atender a demanda da comunidade de Ericeira.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Colocação de quebra mola próximo ao Colégio Julia de Lima.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/536/requerimento_229_transijtar_em_mao_unica_alessandro.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/536/requerimento_229_transijtar_em_mao_unica_alessandro.docx</t>
   </si>
   <si>
     <t>Solicitação que na Rua Manoel Viana sentido a Rua Marechal Damasceno Portugal passe a transitar em um só sentido.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/538/requerimento_230_copasa_fabioroberta_e_leo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/538/requerimento_230_copasa_fabioroberta_e_leo.docx</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Fábio Joaquim, Joãozinho Batata, Léo da Bomba</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/539/requerimento_231-_retirar_o_efetivo_programa_-l_LyTq9rJ.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/539/requerimento_231-_retirar_o_efetivo_programa_-l_LyTq9rJ.docx</t>
   </si>
   <si>
     <t>Solicitação que o Prefeito verifique a possibilidade de retirar o Efetivo Programa de Sexta Construção já aprovado por lei.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/540/requerimento_232_grade_para_bueiro_marcus_vinicius.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/540/requerimento_232_grade_para_bueiro_marcus_vinicius.docx</t>
   </si>
   <si>
     <t>Solicitação que na Rua José Maria Botelho, levante a grade do bueiro e na Rua Clodomiro da Rocha mais duas grades.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Solicitação de ambulância fixa nos bairros de maior porte.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/542/requerimento_234_reforma_da_ponte_sitio_sao_ben_A7pHmck.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/542/requerimento_234_reforma_da_ponte_sitio_sao_ben_A7pHmck.docx</t>
   </si>
   <si>
     <t>Solicitação da reforma da Ponte do Sítio São Bento na Localidade de Santa Barbara.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/543/requerimento_235_abertura_do_talude_marcus_vinicius.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/543/requerimento_235_abertura_do_talude_marcus_vinicius.docx</t>
   </si>
   <si>
     <t>Solicitação de abertura do talude na estrada de Ericeira.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/544/requerimento_236_construcao_de_uma_sala_para_eq_080lL4u.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/544/requerimento_236_construcao_de_uma_sala_para_eq_080lL4u.docx</t>
   </si>
   <si>
     <t>Possibilidade de construção de uma sala para Equipe do PSF.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/545/requerimento_237_contratacao_de_cardiologista_j_J2Ad59V.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/545/requerimento_237_contratacao_de_cardiologista_j_J2Ad59V.docx</t>
   </si>
   <si>
     <t>Possibilidade de contratar Cardiologista para as demais localidades.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/546/requerimento_238_reforma_do_posto_de_saude_joaofabioleo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/546/requerimento_238_reforma_do_posto_de_saude_joaofabioleo.docx</t>
   </si>
   <si>
     <t>Solicita reforma de todos os Postos de Saúde.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/547/requerimento_239_colocacao_de_placas_informativ_eUpYiwr.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/547/requerimento_239_colocacao_de_placas_informativ_eUpYiwr.docx</t>
   </si>
   <si>
     <t>Colocação de placas informativas.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/548/requerimento_240_convenio_com_a_defensoria_publica.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/548/requerimento_240_convenio_com_a_defensoria_publica.docx</t>
   </si>
   <si>
     <t>possibilidade de realizar convênio com a Defensoria Pública.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Danilo</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/549/requerimento_241_possibilidade_de_visitar_paren_vOM0DWJ.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/549/requerimento_241_possibilidade_de_visitar_paren_vOM0DWJ.docx</t>
   </si>
   <si>
     <t>Possibilidade de auxílio no transporte de famílias de pessoas internadas, para visita-los.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/550/requerimento_242_latao_de_lixo_ao_lado_da_camra_PPVfPlo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/550/requerimento_242_latao_de_lixo_ao_lado_da_camra_PPVfPlo.docx</t>
   </si>
   <si>
     <t>Solicito recolocação do latão de lixo ao lado da Câmara Municipal.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Fábio Joaquim, Joãozinho Batata, Léo da Bomba, Roberta Cacau</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/551/requerimento_243_instalacao_de_cameras_nas_esco_LBH4W8Q.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/551/requerimento_243_instalacao_de_cameras_nas_esco_LBH4W8Q.docx</t>
   </si>
   <si>
     <t>Possibilidade de colocação de Sistema de Monitoramento em todas as Escolas.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/552/requerimento_244_buscar_orgaos_estaduais_como_a_VUlJMDj.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/552/requerimento_244_buscar_orgaos_estaduais_como_a_VUlJMDj.docx</t>
   </si>
   <si>
     <t>Solicitação a buscar incetivos em órgãos estaduais.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/553/requerimento_245-criacao_de_uma_cooperativa-joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/553/requerimento_245-criacao_de_uma_cooperativa-joao.docx</t>
   </si>
   <si>
     <t>Solicito incentivar os produtores rurais para criação de uma cooperativa onde poderá comercializar vários produtos.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/554/requerimento_246-busca_de_aumento_e_geracao_de__cP64Q89.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/554/requerimento_246-busca_de_aumento_e_geracao_de__cP64Q89.docx</t>
   </si>
   <si>
     <t>Solicito busca de emprego com parceria junto ás empresas que tenham interesse em se instalar em nossa cidade.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/555/requerimento_247-explorar_e__valorizar_forma_ad_rbfL3CI.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/555/requerimento_247-explorar_e__valorizar_forma_ad_rbfL3CI.docx</t>
   </si>
   <si>
     <t>Solicitação valorizar e explorar de forma adequada o setor turístico do Município.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/556/requerimento_248-_agenda_de_visitas_nas_comunid_X5zLgvY.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/556/requerimento_248-_agenda_de_visitas_nas_comunid_X5zLgvY.docx</t>
   </si>
   <si>
     <t>Solicito implementar uma agenda com visitas nas comunidades para buscar ideias e constatar a necessidade de cada uma.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/557/requerimento_249-_buscar_alternativas_para_melh_aHYWS4C.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/557/requerimento_249-_buscar_alternativas_para_melh_aHYWS4C.docx</t>
   </si>
   <si>
     <t>Buscar alternativas para melhorar os atendimentos nos postos de saúde de nossos bairros.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/558/requerimento_250-_dar_incentivo_aos_eventos-joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/558/requerimento_250-_dar_incentivo_aos_eventos-joao.docx</t>
   </si>
   <si>
     <t>Possibilidade de dar maior incentivo aos eventos.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/559/requerimento_251-_busca_de_padronizacao_de_um_c_LRpdCrz.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/559/requerimento_251-_busca_de_padronizacao_de_um_c_LRpdCrz.docx</t>
   </si>
   <si>
     <t>Buscar padronização de um campeonato municipal de futebol.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/560/requerimento_252-_implementar_incentivos_para_o_eDy0PSL.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/560/requerimento_252-_implementar_incentivos_para_o_eDy0PSL.docx</t>
   </si>
   <si>
     <t>Implementação de incentivos para outros esportes nas comunidades com auxílio de profissionais na área.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/561/requerimento_253-_apoio_a_secretaria_de_agricul_rKjQwDr.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/561/requerimento_253-_apoio_a_secretaria_de_agricul_rKjQwDr.docx</t>
   </si>
   <si>
     <t>Requeiro dar apoio a secretária de Agricultura para orientar e valorizar nossos produtores rurais.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/562/requerimento_254__fabrica_de_broquete-fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/562/requerimento_254__fabrica_de_broquete-fabio.docx</t>
   </si>
   <si>
     <t>Solicitação de reativação da Fábrica de Broquete e Bloco.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/563/requerimento_255__ambulancias_marcus_vinicius.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/563/requerimento_255__ambulancias_marcus_vinicius.docx</t>
   </si>
   <si>
     <t>Solicitação de ambulância fixa para o bairro de Ericeira.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/564/requerimento_256_retirada_dos_ferros_na_rua-bai_nJrnOEz.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/564/requerimento_256_retirada_dos_ferros_na_rua-bai_nJrnOEz.docx</t>
   </si>
   <si>
     <t>Solicito a retirada dos ferros na Rua do posto de Saúde na Localidade do Bairro das Flores.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/565/requerimento_257criada_caixa_postal-_fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/565/requerimento_257criada_caixa_postal-_fabio.docx</t>
   </si>
   <si>
     <t>Solicito que seja criada uma caixa postal uma agência de correio em Serraria.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/566/requerimento_258_quebra_mola_marechal_damasceno_eO1h2VA.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/566/requerimento_258_quebra_mola_marechal_damasceno_eO1h2VA.docx</t>
   </si>
   <si>
     <t>Solicito a colocação de quebra mola na Rua Marechal Damasceno Portugal.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/567/requerimento_259_viatura_para_policia_militar.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/567/requerimento_259_viatura_para_policia_militar.docx</t>
   </si>
   <si>
     <t>Solicitação de uma nova Viatura para a Polícia Militar.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/568/requerimento_260_paque_nas_localidades.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/568/requerimento_260_paque_nas_localidades.docx</t>
   </si>
   <si>
     <t>Possibilidade de construção de parquinho Infantil nas demais localidades.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/569/requerimento_261_reforma_de_pavimentacao_dedas__zAFg0fK.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/569/requerimento_261_reforma_de_pavimentacao_dedas__zAFg0fK.docx</t>
   </si>
   <si>
     <t>Solicito reforma de pavimentação de vias públicas.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/570/requerimento_262_analise_da_agua_da_mina_de_eri_eRXw6so.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/570/requerimento_262_analise_da_agua_da_mina_de_eri_eRXw6so.docx</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Roberta Cacau, Joãozinho Batata</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/571/requerimento_263_reforma_da_ponte_da_cidade-_joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/571/requerimento_263_reforma_da_ponte_da_cidade-_joao.docx</t>
   </si>
   <si>
     <t>Solicitação de reforma da ponte do centro da cidade.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/572/requerimento_264_para_-_raios-_joao_e_roberta.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/572/requerimento_264_para_-_raios-_joao_e_roberta.docx</t>
   </si>
   <si>
     <t>Colocação de para-raios em todas as Escolas e Creches do Município.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/573/requerimento_265_colocacao_de_cano_capela_motua_VHrlcj6.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/573/requerimento_265_colocacao_de_cano_capela_motua_VHrlcj6.docx</t>
   </si>
   <si>
     <t>Possibilidade de alongar mais o cano de captação de águas pluviais nas proximidades da capela mortuária ao lado do muro.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/574/requerimento_266_limpeza_do_corrego_de_ericeira_uyYTj89.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/574/requerimento_266_limpeza_do_corrego_de_ericeira_uyYTj89.docx</t>
   </si>
   <si>
     <t>Solicito a limpeza do córrego que se localiza atras das casas cooperativa de Ericeira.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/575/requerimento_267_manuntencao_de_portao_do_ps_er_I1ZbEHC.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/575/requerimento_267_manuntencao_de_portao_do_ps_er_I1ZbEHC.docx</t>
   </si>
   <si>
     <t>Solicitação de manutenção do portão e capina no posto de saúde de Ericeira.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/576/requerimento_268_solicito_a_poda_da_arvore_mata_NeAtmhx.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/576/requerimento_268_solicito_a_poda_da_arvore_mata_NeAtmhx.docx</t>
   </si>
   <si>
     <t>Solicito a poda da árvore da Mata Santa Luzia.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/577/requerimento_269_reativacao_do_cruzeiro-_joao_carlos.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/577/requerimento_269_reativacao_do_cruzeiro-_joao_carlos.docx</t>
   </si>
   <si>
     <t>Solicito a reativação do cruzeiro que fica na Rua Antônio Rosa no Horto Florestal.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/578/requerimento_270_plano_de_saude-_alessandro.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/578/requerimento_270_plano_de_saude-_alessandro.docx</t>
   </si>
   <si>
     <t>Solicitação que seja criado pelo presidente da Câmara um convênio de saúde nacional para os vereadores e funcionários da Câmara.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>Marcus Vinicius, Fábio Joaquim</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/579/requerimento_271_contratacao_de_uma_professora__8hnzn8m.docx</t>
+    <t>Marquinhos Tirinha, Fábio Joaquim</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/579/requerimento_271_contratacao_de_uma_professora__8hnzn8m.docx</t>
   </si>
   <si>
     <t>Solicitação de contratar um professor que possa dar atenção para alunos com deficiência intelectual.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/580/requerimento_272_ticket_alimentacao-_alessandro.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/580/requerimento_272_ticket_alimentacao-_alessandro.docx</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/581/requerimento_273_assitencia_social-_leonardo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/581/requerimento_273_assitencia_social-_leonardo.docx</t>
   </si>
   <si>
     <t>Solicitação de saber quais os benefícios que oferecem a Assistência Social e o Cras e se existe em lei quantitativa anualmente de sextas básicas para a mesma pessoa.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/582/requerimento_274_sistema_de_normatizacao-_fabio_NV21zl3.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/582/requerimento_274_sistema_de_normatizacao-_fabio_NV21zl3.docx</t>
   </si>
   <si>
     <t>Solicito que seja feito a informatização do Sistema de Saúde.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/583/requerimento_275_aumentar_a_demanda_de_cardiolo_YFO83WF.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/583/requerimento_275_aumentar_a_demanda_de_cardiolo_YFO83WF.docx</t>
   </si>
   <si>
     <t>Possibilidade de aumentar os atendimentos de Cardiologista no Município.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/584/requerimento_276-_piso_da_quadra_de_erceira-_vino.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/584/requerimento_276-_piso_da_quadra_de_erceira-_vino.docx</t>
   </si>
   <si>
     <t>Solicitação de reforma emergencial do piso da Quadra Poliesportiva de Ericeira.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/585/requerimento_277-_caixa_para_filtrar_agua_erice_iA1j7lk.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/585/requerimento_277-_caixa_para_filtrar_agua_erice_iA1j7lk.docx</t>
   </si>
   <si>
     <t>Solicito que faça análise da água da mina de Ericeira.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>Possibilidade de construir uma banheiro dentro das salas do Pré-Escolar.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/587/requerimento_279-_projeto_meio_ambiente-_alessandro.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/587/requerimento_279-_projeto_meio_ambiente-_alessandro.docx</t>
   </si>
   <si>
     <t>Solicitação de um projeto de Meio Ambiente.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/588/requerimento_280-_transformar_e.ericeira_em_uma_3Gy1WpK.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/588/requerimento_280-_transformar_e.ericeira_em_uma_3Gy1WpK.docx</t>
   </si>
   <si>
     <t>Possibilidade de transformar a Escola de Ericeira em uma creche.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/589/requerimento_281_ampar_massa_asfaltica-_alessandro.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/589/requerimento_281_ampar_massa_asfaltica-_alessandro.docx</t>
   </si>
   <si>
     <t>Indicação ao executivo municipal adquirir da Ampar Massa Asfáltica para tampar os buracos no asfalto.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/590/requerimento_282-_equipamnetod_de_protecao_indi_iVKVH09.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/590/requerimento_282-_equipamnetod_de_protecao_indi_iVKVH09.docx</t>
   </si>
   <si>
     <t>Possibilidade de Equipamentos de proteção Individual "EPI" para os funcionários do Município.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/591/requerimento_283-_asfalto_pintarv_a_afaixa-_mar_P2Hh1G5.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/591/requerimento_283-_asfalto_pintarv_a_afaixa-_mar_P2Hh1G5.docx</t>
   </si>
   <si>
     <t>Possibilidade de colocação de sinalização e pintura na estrada que liga Santa a Serraria.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/592/requerimento_284-_aplicacao_de_fluor_em_todo_en_O1OMgio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/592/requerimento_284-_aplicacao_de_fluor_em_todo_en_O1OMgio.docx</t>
   </si>
   <si>
     <t>Possibilidade de aplicação de flúor na rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/593/requerimento_285-__coreto_na_praca_mauro_roquet_KngpUKF.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/593/requerimento_285-__coreto_na_praca_mauro_roquet_KngpUKF.docx</t>
   </si>
   <si>
     <t>Construção de um coreto com banheiro feminino e masculino em baixo, com acessibilidade na Praça Mauro Roquete Pinto.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/594/requerimento_286-_samu__roberta_e_joao_carlos.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/594/requerimento_286-_samu__roberta_e_joao_carlos.docx</t>
   </si>
   <si>
     <t>Estabeleça uma placa informativa do SAMU próximo ao campo de futebol, no Bairro das Flores.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/595/requerimento_287-_iluminacao_portelinha-_roberta_e_joao.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/595/requerimento_287-_iluminacao_portelinha-_roberta_e_joao.docx</t>
   </si>
   <si>
     <t>Possibilidade de estender iluminação no Loteamento Tirano.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>Marcus Vinicius, Fábio Joaquim, Léo da Bomba</t>
-[...2 lines deleted...]
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/596/requerimento_288_-_trilho_de_guar_rail_leo._fab_hM0wew9.docx</t>
+    <t>Marquinhos Tirinha, Fábio Joaquim, Léo da Bomba</t>
+  </si>
+  <si>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/596/requerimento_288_-_trilho_de_guar_rail_leo._fab_hM0wew9.docx</t>
   </si>
   <si>
     <t>Colocação de GUARD RAIL ligando Serraria ao Bairro das Flores nos pontos perigosos.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/597/requerimento_289-_sinal_analogico-_fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/597/requerimento_289-_sinal_analogico-_fabio.docx</t>
   </si>
   <si>
     <t>Colocação de transmissor de HDTV.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/598/requerimento_290-__veterinario_no_posto_de_saude-_fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/598/requerimento_290-__veterinario_no_posto_de_saude-_fabio.docx</t>
   </si>
   <si>
     <t>Possibilidade de criação de um posto atendimento veterinário e contratação de um profissional para atender os fazendeiros.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/599/requerimento_291_-_plano_de_saude_para_funconar_SPXf9bP.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/599/requerimento_291_-_plano_de_saude_para_funconar_SPXf9bP.docx</t>
   </si>
   <si>
     <t>Possibilidade do prefeito da cidade estude a possibilidade de criar um plano de saúde para todos os funcionários da Prefeitura.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/600/requerimento_292_-_retirada_do_mata-burro_na_es_ey3xhra.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/600/requerimento_292_-_retirada_do_mata-burro_na_es_ey3xhra.docx</t>
   </si>
   <si>
     <t>Retirada do mata-burro próximo a entrada da estrada da Cachoeira.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/601/requerimento_293-_desapropriacaoo_terreno_coope_Ts6cRAH.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/601/requerimento_293-_desapropriacaoo_terreno_coope_Ts6cRAH.docx</t>
   </si>
   <si>
     <t>Desapropriação do terreno da cooperativa de Ericeira para construção adequada de um novo Posto de Saúde.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/602/requerimento_294-_criacao_de_um_cargo_para_coor_fHCE2b8.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/602/requerimento_294-_criacao_de_um_cargo_para_coor_fHCE2b8.docx</t>
   </si>
   <si>
     <t>Possibilidade de criar um cargo de coordenador para todas as creches.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/603/requerimento_295-_construcao_de_capela_mortuaria_fabio.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/603/requerimento_295-_construcao_de_capela_mortuaria_fabio.docx</t>
   </si>
   <si>
     <t>Possibilidade de construção de capela mortuária nas demais localidades.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/604/requerimento_296-_poda_de_arvore__marcus_vinicius.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/604/requerimento_296-_poda_de_arvore__marcus_vinicius.docx</t>
   </si>
   <si>
     <t>Possibilidade de poda de duas árvores próximo a localidade de Silveira Lobo.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/605/requerimento_297-__junta_briagadista_joao_carlos.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/605/requerimento_297-__junta_briagadista_joao_carlos.docx</t>
   </si>
   <si>
     <t>Possibilidade de pedi ao prefeito da cidade que monte uma Junta Brigadista nos meses de seca.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>Léo da Bomba, Fábio Joaquim</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/606/requerimento_298-_retirada_de_entulhos_e_fazer__exrDhQ0.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/606/requerimento_298-_retirada_de_entulhos_e_fazer__exrDhQ0.docx</t>
   </si>
   <si>
     <t>Possibilidade de limpeza e retirada de entulhos da Beira Rio na localidade do Bairro das Flores.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/607/requerimento_299-__solicita_informacoes_da_refo_3NiShBT.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/607/requerimento_299-__solicita_informacoes_da_refo_3NiShBT.docx</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito a cerca das providências que estão sendo tomadas no que se refere à reforma da lavanderia e do telhado da Escola.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/608/requerimento_300-_solicita_quebra_mola_trevo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/608/requerimento_300-_solicita_quebra_mola_trevo.docx</t>
   </si>
   <si>
     <t>Solicitação de quebra mola no trevo no Portal da Cidade.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/609/requerimento_301_bueiro_34_antonio_bruno.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/609/requerimento_301_bueiro_34_antonio_bruno.docx</t>
   </si>
   <si>
     <t>Colocação de bueiro na Rua Antônio Bruno.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/610/requerimento_302_-_limpeza_dos_bueiros_e_margen_6o2fDZx.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/610/requerimento_302_-_limpeza_dos_bueiros_e_margen_6o2fDZx.docx</t>
   </si>
   <si>
     <t>Possibilidade de limpeza nas margens da rua da estação, principalmente nos barrancos e demais ruas.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/612/requerimento_304_-_urgencia_limpeza_do_corrego__6IEWgq6.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/612/requerimento_304_-_urgencia_limpeza_do_corrego__6IEWgq6.docx</t>
   </si>
   <si>
     <t>Possibilidade de limpeza no córrego de Silveira Lobo.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/613/requerimento_305-_limpeza__com_ensaibramento_da_dxReFQu.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/613/requerimento_305-_limpeza__com_ensaibramento_da_dxReFQu.docx</t>
   </si>
   <si>
     <t>Possibilidade de limpeza e ensaibramento da estrada Santana/Matias via Sossego e Piedade.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/614/requerimento_306_limpeza_urgente__de_todos_buei_hXTO2DB.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/614/requerimento_306_limpeza_urgente__de_todos_buei_hXTO2DB.docx</t>
   </si>
   <si>
     <t>Limpeza de todos os bueiros do Município.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/615/requerimento_307_placas_de_informacao_alessandro.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/615/requerimento_307_placas_de_informacao_alessandro.docx</t>
   </si>
   <si>
     <t>Possibilidade de colocar placas na ponte da divisa da cidade com Levy Gasparian.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/616/requerimento_308_criacao_de_gurada_municipal_alessandro.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/616/requerimento_308_criacao_de_gurada_municipal_alessandro.docx</t>
   </si>
   <si>
     <t>Possibilidade do Executivo verifique a viabilidade de criação da Guarda Civil Municipal.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/617/requerimento_309_rol_de_medicamentos_nos_postos_j1U221v.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/617/requerimento_309_rol_de_medicamentos_nos_postos_j1U221v.docx</t>
   </si>
   <si>
     <t>Solicitação que o Secretário de Saúde apresente  o rol de medicamentos obrigatórios que devem estar disponíveis à população na Unidade Básica de Saúde.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/618/requerimento_310_rertirada_do_ferro_da_passarel_bVWFA62.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/618/requerimento_310_rertirada_do_ferro_da_passarel_bVWFA62.docx</t>
   </si>
   <si>
     <t>Requer que o Executivo retire o ferro que se encontra na entrada da passarela da ponte que faz divida com o Estado do Rio de Janeiro.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/619/requerimento_311_-suposta_denuncia_creche_leonardo.docx</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/619/requerimento_311_-suposta_denuncia_creche_leonardo.docx</t>
   </si>
   <si>
     <t>Solicito informações a cerca de suposta agressão à uma criança na creche Municipal, localizada no Bairro das Flores.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura orgânica da Administração Pública Direta do Município de Santana do Deserto.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/744/substitutivo_no02_do_ple_no21.pdf</t>
+    <t>http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/744/substitutivo_no02_do_ple_no21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura ogânica da Administração Pública Direta do Município de Santana do deserto e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4864,67 +4864,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/626/mocao_de_aplausos_no_002_auxiliares_de_servicos_I5j7iJ2.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/628/mocao_de_aplausos_no_003_operarios.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/629/mocao_de_aplausos_no_004_comissionados.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/630/mocao_de_aplausos_no_005_monitores_de_creche.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/631/mocao_de_aplausos_no_006_agentes_administrativos.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/632/mocao_de_aplausos_no_007_procurador_municipal.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/633/mocao_de_aplausos_no_008_medicos_e_odontologos.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/634/mocao_de_aplausos_no_009_professores.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/635/mocao_de_aplausos_no_010_fisioterapeutas.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/636/mocao_de_aplausos_no_011_farmacentica.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/637/mocao_de_aplausos_no_012_oficiais_especializados.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/638/mocao_de_aplausos_no_013_auxiliar_de_enfermagem.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/639/mocao_de_aplausos_no_014_operador_de_maquina.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/640/mocao_de_aplausos_no_015_motoristas.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/641/mocao_de_aplausos_no_016_agente_comunitario_de_saude.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/642/mocao_de_aplausos_no_017_supervisoras_educacionais.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/643/mocao_de_aplausos_no_018_auxiliar_administrativo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/644/mocao_de_aplausos_no_019_orientadora_educacional.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/645/mocao_de_aplausos_no_020_pedreiros_e_serventes.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/646/mocao_de_aplausos_no_021_enfermeiras.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/647/mocao_de_aplausos_no_022_assistentes_sociais.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/648/mocao_de_aplausos_no_023_agentes_de_vigilancia__tU6z99f.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/649/mocao_de_aplausos_no_024_funcionarios_da_camara.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/650/mocao_de_aplausos_no_025_psicologa.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/652/mocao_de_aplausos_no_026_jovens_de_ericeira.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/653/mocao_de_aplausos_no_027_doadores_do_leilao_apae.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/654/mocao_de_aplausos_no_028_entregadora_de_cartas__94NlArD.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/655/mocao_de_aplausos_no_029_secretaria_de_saude_isabel..docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/656/mocao_de_aplausos_no030_funcionario_felipe_dentista.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/657/mocao_de_aplausos_no031_prefeito_da_cidade.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/658/mocao_de_pesar_no_002_pesar_002_maria_de_lurdes_jacinto.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pedido_de_informacao_no_00117_informacaos_sobre_muwnyIm.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pedido_de_informacao_no_00217_informacaos_sobre_GZzIirw.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/662/pedido_de_informacao_no_00317_informacao_funcio_bWrqvZZ.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/664/pedido_de_providencia_00117_providencia.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/665/pedido_de_providencia_00217_providencia_coleta__eIuKlZY.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/666/pedido_de_providencia_00317_providencia_ilumina_hw1URtR.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/667/pedido_de_providencia_00417_providencia_colocac_JLjovZY.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/668/pedido_de_providencia_00517_providencia_reforma_lgpDWAX.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/715/projeto_de_lei_no_01_17_estrutura_prefeitura_secretarios.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/730/projeto_de_lei_no_15_estrutura_organica_da_admi_mUo03oc.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/741/projeto_de_lei_no_26_issqn.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/716/projeto_de_lei_no_02_17_parcelamento_fiscal.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/717/projeto_de_lei_no_03_17_credito_especial_onibus.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/718/projeto_de_lei_no_04_17_estatuto_servidores_modificacao.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/720/projeto_de_lei_no_05_17_adequacao_piso_prof_i.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/721/projeto_de_lei_no_06_17_auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/722/projeto_de_lei_no_07_17_revisao_geral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/723/ple_no08_de_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/724/projeto_de_lei_no_09_17_ldo_18.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/725/projeto_de_lei_no_10_de_22_de_maio_de_2017_convenio_ciee.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/726/projeto_de_lei_no_11_de_26_de_maio_de_2017_auxil_6peCRvX.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/727/projeto_de_lei_no_12_altera_lei_supervisor_pedagogico.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/728/projeto_de_lei_no_13_altera_lei_929_11_um_terco.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/729/projeto_de_lei_no_14_convalidacao_cessao_terreno_camara.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/731/projeto_de_lei_no_16_de_04_de_agosto_de_2017_cre_SxbsJ09.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/732/projeto_de_lei_no_17_concurso_leiteiro.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/733/projeto_de_lei_no_18_ppa.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/734/projeto_de_lei_no_19_loa.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/735/projeto_de_lei_no_20_subvencao.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/736/ple_no21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/737/projeto_de_lei_no_22_contratacao_temporaria.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/738/projeto_de_lei_no_23_fumpac.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/739/projeto_de_lei_no_24_ponte_santa_barbara.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/740/projeto_de_lei_no_25_criacao_do_sim.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/743/projeto_de_lei_no_27_17_parcelamento_fiscal.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/745/projeto_de_lei_no_001_-_subsidios_dos_secretario_cdeUlC8.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/746/projeto_de_lei_no_002_-__institui_a_estrutura_ad_8Gc9CVs.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/747/projeto_de_lei_no_003_-_alteracao_do_anexo_iv_ca_CNN5CV1.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/749/projeto_de_lei_no_004_-_contratacao_temporaria_s_VJ93k24.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/976/pll_0032017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/1066/projeto_resolucao_001.2017_aprovacao_contas_exe_7fmoVqT.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/304/requerimento_001_carro_de_fumace_fabio.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/305/requerimento_002-_contratacao_de_mais_um_pediat_VD4LJIm.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/306/requerimento_003-_portao_de_acesso_da_quadra_pa_gJf8TDp.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/307/requerimento_004_reparo_ladeira_sao_sebastiao_se_D4OmA0o.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/308/requerimento_005iluminacao_das_pracas_de_sosseg_QNnPdPF.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/309/requerimento_006contratacao_de_mais_um_pediatra_vtfJ7Rj.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/310/requerimento_007-_iluminacao_da_pedreira_do_bai_gk0Ynmh.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/311/requerimento_008_ambulancia_bflores__leonardo.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/312/requerimento_009-_construcao_e_instalacao_de_re_H6V3lYj.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/314/requerimento_011-colocar_iluminacao_e_terminar__Bx7LyZN.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/315/requerimento_012iluminacao_estrada_sousa_aguiar__BXFoe1c.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/316/requerimento_013_contratacao_de_mais_um_ginecol_DW5YHs2.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/317/requerimento_014_pavimentacao_de_uma_juncao_da__gSrgs4y.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/318/requerimento_015calcamento_av_ultimo_de_carvalho_wORlZPa.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/319/requerimento_016_iluminacao_publica_rua_bflores_leonardo.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/320/requerimento_017_iluminacao_das_pracas_de_sosse_ByYUBd8.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/321/requerimento_018_intalacao_de_retransmissora_da_LJRi8JJ.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/322/requerimento_019_melhoriadas_estradas_e_ruas_leonardo.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/323/requerimento_020_iluminacao_praca_bflores_fabio.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/324/requerimento_021_pode_de_arvores_da_praca_do_bfl_hlwMQpC.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/325/requerimento_022_arrumacao_da_escada_do_migliano-fabio.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/326/requerimento_023_calcamento_machado_coelho_fabio.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/327/requerimento_024_calcamento_ruas_loteamento_tirano_fabio.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/328/requerimento_025_limpeza_nos_pocos_artesianos_e_h56QSF4.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/329/requerimento_026-faca_varredura_para_retirar_ca_uGjDESk.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/330/requerimento_027_iluminacao_rua_antonio_rosa_joao_carlos.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/331/requerimento_028_colocacao_de_telefone_fixo_na__gfZVeBz.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/333/requerimento_030_parque_de_diversao_ericeira-marcus_v.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/334/requerimento_031-_reforma_da_quadra_ao_lado_da__2af1n3R.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/335/requerimento_032-_rocada_e_manutencao_na_estrad_C2OTAgR.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/336/requerimento_033_iluminacao_de_rua_slobo_fabio.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/337/requerimento_034_contratacao_de_professor_de_ed__5MC3BIF.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/338/requerimento_035_ajuda_na_desinterdicao_santanense_fabio.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/339/requerimento_036_onibus_para_cadeirantes_fabio_r_YC8zI7G.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/340/requerimento_037_lixeiras_em_todo_municipio_fabio.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/341/requerimento_038_manutencao_e_limpeza_rede_de_es_A07nmX1.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/342/requerimento_039-_construcao_de_quadra_no_milgl_IztueAb.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/343/requerimento_040-implosao_da_pedreira-__fabio.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/344/requerimento_041-__colocacao_de_poste_na_rua_an_ZNRfjPM.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/345/requerimento_042_iluminacao_e_calcamento_rua_ant_kG2mIDl.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/346/requerimento_043_iliminacao_rua_antonio_bruno_fa_Igcsnn6.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/347/requerimento_044_limpeza_do_rio_caguicho-_joao_carlos.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/348/requerimento_045_limpeza_de_estrada_-fabioleorob_9pjCPtp.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/350/requerimento_047_iluminacao_esquina_no_bflores_fabio.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/351/requerimento_048_limpeza_das_copas_dos_coqueiros_OvQ22WG.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/353/requerimento_050_limpeza_da_estrada_santana_jf-_fabio.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/354/requerimento_051__quebra_molas_rua_pedro_coelho__RxQdfs7.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/355/requerimento_052_rampa_de_acesso_para_o_cartorio_fabio.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/356/requerimento_053_reforma_da_quadra_de_ericeira___ua6mlrQ.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/357/requerimento_054_ponto_de_onibus_rua_milton_mont_Eek76nY.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/358/requerimento_055-_colocacao_de_tambores_de_lixo_AGVyiL2.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/359/requerimento_056_reforma_do_telhado_da_casa_do_artesao.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/360/requerimento_057_tele_centro_no_bf__fabio.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/361/requerimento_058_construcao_de_cobertura_para_os_PmuSIA1.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_060-a_veriguar_as_lampadas_postes_f_qsmSQ0D.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_061_mrscancela_no_bairro_das_flores_BCOi2KA.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/365/requerimento_062-_concretagem_em_torno_dos_poco_N5HfjjL.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/366/requerimento_063_passarela_bflores_lgasparian__f_GEjV7g6.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/367/requerimento_064_calcamento_ericeira_-marcus_vinicius.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/368/requerimento_065-_remarcacao_dos_pontos_de_taxi_LObRNPH.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/369/requerimento_066_manilha_ericeira.-marcus_v.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/370/requerimento_067_reforma_da_praca-marcus_v.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/371/requerimento_068-_colocacao_postes_na_rua_sever_xavIMK4.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/372/requerimento_069-_mata_burro-marcus_vinicius_e_fabio.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/373/requerimento_070_implementos_para_trator_joao_carlos.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/374/requerimento_071_tranferencia_da_academia_erice_VP5AQsN.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/375/requerimento_072_limpeza_e_dragagem_de_corrego_f_85Ubr6c.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/376/requerimento_073-colocacao_da_academia_da_saude_kn6Fi0f.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_074_melhoria_na_descida_do_biacano__zHUYtOX.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_075_placas_com_nomes_de_ruas_e_loca_36mwTpu.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_076-_requere_que_medicamentos_seja_YLuNzgz.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_077-escada_e_iluminacao_n_80-marcus_v.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_078_construcao_da_escada_no_loteam_6FmoUTg.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_079_reforma_do_posto_de_saude_eric_0Jorf32.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_080_calcamento_das_ruas_do_bairro_d_dclz0kI.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_081-_limpeza_na_ru_antonio_rosa_ma_XAl2TZg.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_082_colocacao_de_poste_rua_francisc_DXDRm86.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_083_limpeza_de_boeiros_e_bocas_de__30IiyAd.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_084_termino_do_calcamenteo_rua_da_e_xOBXl7P.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_085-_iluminacao_na_praca_de_ericei_CZZRHTX.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_086-iluminacao_em_frente_ao_galpao_BjFLUiR.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_087_cobertura_para_arquibancada_do_jBvPLJv.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_088__ampliamento_ericeira_marcus_v.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_089-revisao_de_diaria_fabiorobertal_dRYKoTb.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_090-_iluminacao_publica_loteamento_2VZH2Gf.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_091-reparo_da_rede_de_esgoto_e_rep_Ck2M9lc.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_092_calha_na_avenida_silvio_bastos_jK0rBnI.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_093-_quebra_mola_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_094-contratacao_de_psicologo_pra_e_DiA7jbB.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_095_reforma_da_estacao_de_serraria_fabio.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_096-_impostos_anistia_de_impostos__AxuwxBd.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/401/requerimento_097-limpeza_das_margens_do_bicano__cQyylcK.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/402/requerimento_098_-estenda_a_pavimentacao_asfalti_o4JQtsL.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/403/requerimento_099_linha_telefonica_no_posto_de_sa_CrwdB68.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_100_construcao_de_muro_na_divisa_do_15wBNv3.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/405/requerimento_101-_colocacao_de_cacamba_de_lixo-_ijV3C3T.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/406/requerimento_102-limpeza_do_beco_da_mina_fabio__87sQCNR.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_103-_iliminacao_na_r....._fabio_ro_gymMDRJ.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/408/requerimento_104-_iluminacao_da_estacao_de_serr_abo4Lwh.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/409/requerimento_105-_construcao_de_ponto_de_onibus_ZwE2NvZ.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_106_capitacao_de_agua_fluvial_eric_ycOOV40.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/411/requerimento_107-_reparo_do_bueriro_e_coloccao_d_v1bWq3l.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_108_poste_de_iluminacao_e_calcament_QGp4lPB.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_109_coloque_grade_no_bueiro_de__er_web6w6F.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_110_analise_de_agua_do_municipio__f_bFOL8fV.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/415/requerimento_111recolocacao_do_meio_fio_ericeir_BNUCYy6.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_112_-interceda_junto_ao_der_reforma_oziyv15.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/417/requerimento_113_criado_curso_de_artesanato_fabi_DMjTZog.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/418/requerimento_114_rampa_para_cadeirantes_escola_e_v1cipDp.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/419/requerimento_115-_tampar_os_buracos_do_asfalto__CQ2w0Lk.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/420/requerimento_116-colocacao_de_lixeira_em_frente_fzbT9Us.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_117-_iluminacao_na_escadaria_da_ca_5yts1mo.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/422/requerimento_118-plantacao_de_grama_e_arvores_n_biefRnV.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/423/requerimento_119_coloque_bueiro-fabiorobertajoa_kuGGAAP.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/424/requerimento_120-_contratacao_de_clinico_geral__ozpKrPX.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/425/requerimento_121-_reforma_na_estrada_de_serrari_MNQYjFZ.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/426/requerimento_122-_coleta_de_residuos_joao.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/427/requerimento_123-_poste_de_iluminacao_publicana_yB4iB6A.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/428/requerimento_124_pavimentacao_da_rua_antonio_jo_WQUJ79o.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/429/requerimento_125-_instalacao_de_dois_poste_marc_CXgk6PZ.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/430/requerimento_126-_rua_francelino_correa.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/431/requerimento_127-_sinal_de_celular_em_ericeira-_SL3E7r8.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_128_autorizacao_de_projeto_horto_e_OguXOrj.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_129-_passar_a_maquina_na_estrada_d_ajxEydK.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/434/requerimento_130-colocacao_de_saibro_no_trecho__Ytbqcxo.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/435/requerimento_131-_rampa_casa_do_artesao__joao_carlos.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/436/requerimento_132_convenio_para_dragarem_rio_cagi_EXKBuA1.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/437/requerimento_133-__limpeza_da_valeta_ao_lado_da_lZIJKSW.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/438/requerimento_134_criacao_de_cargo_de_psicologo_f_Buo7wAa.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/439/requerimento_135-_urbanizacao_da_rua_domiciano__id2Et5W.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/440/requerimento_136-__quebra_mola_na_rua_arcilia_-_mf9pzEf.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/441/requerimento_137_iluminacao_marcus_vinicius.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/442/requerimento_138_calcamento_rua_francisco_de_sou_VFXAb5z.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/443/requerimento_139ponto_de_onibus-marcus_v..docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/444/requerimento_140-_recolhimento_de_lixo.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/445/requerimento_141_tampa_do_bueiro_da_rua_melo_br_8PfvxMq.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/446/requerimento_142-_limpeza_na_estrada_de_ericeir_6u4G2yM.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/447/requerimento_143-_instalacao_do_sistema_automat_RPK0NPu.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/448/requerimento_144-_numero_de_celular.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/449/requerimento_145_bebedouro_na_emmab_ericeira_mar_J1zpcwL.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/450/requerimento_146_verificar_a_possibilidade_de_r_HN5zmod.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/451/requerimento_147-_orelhao_na_rua_wilson_sanabio_GUmUJIp.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/452/requerimento_148-_iluminacao_no_migliano-fabio.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/453/requerimento_149_melhoria_na_iluminacao_de_slobo_f9iClyI.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/454/requerimento_150-reforcando_instalacao_de_ilumi_3mopOLx.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/455/requerimento_151__limpeza_das_margens_do_correg_byd4DnT.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/456/requerimento_152-_reparo_na_estrada_da_piedade-_Pmln0Ai.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/457/requerimento_153-_passar_a_patrol_na_estrada_do_oh2tzau.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/458/requerimento_154-reforma_da_mina_ericeira-marcus_v.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/459/requerimento_155-termino_calcamento_da_estacao__VEDroTL.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/460/requerimento_156-recuperacao_da_escola_de_santa_gg3dnAy.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/461/requerimento_157_sala_de_curativos_ubs_sossego_f_p1Th0t7.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/462/requerimento_158-_reforma_do_repuxo_da_praca_ma_L6zzWAj.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/463/requerimento_159_motocicleta_para_a_saude-_fabi_PQJyk5k.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/464/requerimento_160-_transformador_na_portelinha-f_pqzxDzT.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/465/requerimento_161_bebedouro_posto_de_silveria_lobo_fabio.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/466/requerimento_162_colocacao_de_lampada_no_poste__ZSwCPuL.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/467/requerimento_163_quadra_poliesportiva_slobo_fabi_VdiC4ho.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/468/requerimento_164_quadra_poliesportiva_sbarbara_f_m4rrLr9.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/469/requerimento_165-_placas_de_identificacao_nos_q_ECrSIyC.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/470/requerimento_166-_placas_de_identificacao_e_pin_px4rPNj.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/471/requerimento_167guarda_corpo_ponta_de_ericeira_m_9rzxs6U.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/472/requerimento_168_implantacao_de_programa.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/473/requerimento_169termino_da_rede_de_esgoto_e_ilu_7kLwC1i.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/474/requerimento_170_audiencia_publica_mrs_logistica_fabio.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/475/requerimento_171__colocacao_de_postes_na_r._sev_DE9FHHg.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/476/requerimento_172_poste_e_luminario_na_rua_joao_m_0K7JnAl.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/477/requerimento_173_troca_de_2_telhas_na_quadra_po_gsmWTZB.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/478/requerimento_174-_passar_maquina_de_sao_marcos__I2fcFJV.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/479/requerimento_175_colocacao_de_globo_de_iluminac_LKrPtp9.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/480/requerimento_176_colocacao_de_redes_bomba_dagua_Sp5hY73.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/481/requerimento_177reforma_dos_vestiarios_campo_bfl_CVsPG9s.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/482/requerimento_178_limpeza_da_escola_de_bairro_da_OqGIJXO.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/483/requerimento_179_-fechamento_de_rua_em_ericeira__wMETw8g.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/484/requerimento_180_iluminacao_rua_mando_david_graz_ocJUy10.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/485/requerimento_181_compra_de_rocadeiras_fabiorober_Rg5P0T8.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/486/requerimento_182_-colocacao_de_iluminacao_publi_5PoKf5y.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/487/requerimento_183-limpeza_na_margens_dos_rios_e__y1AIRSH.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/488/requerimento_184_informatica_no_bairro_das_flore_PIRem4T.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/489/requerimento_185_calcadao_entre_serraria_e_entra_IjalUWB.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/490/requerimento_186-grades_em_buerio_r_francelino_c_ldpqLZ3.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/492/requerimento_188-_placas_de_proibido_estacionar_hdVvEv9.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/494/requerimento_190-_calcamento_da_rua_hamilton_sa_J2CpL75.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/495/requerimento_191calcamento_de_ruas_em_sossego__j_d9Qsw8z.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/496/requerimento_192_banheiros_nas_pracas_das_locali_D4r2HHj.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/497/requerimento_193manutencao_do_bueiro_grade_av.s_uIibl8q.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/498/requerimento_194-_tampa_do_boeiro_na_av._silvio_vLPcxP7.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/500/requerimento_195_rocada_estrada_santana_serraria_fabio.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/501/requerimento_196-_reforma_da_unidade_de_saude_s_SgZWv8q.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/502/requerimento_197cameras_de_monitoramento_nas_cre_YtlWkQS.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/503/requerimento_198_ampliacao_da_ponte_de_silveira__5FCTxYE.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/504/requerimento_199_poda_da_arvore-marcus_v.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/505/requerimento_200_reparos_na_quadra_da_emjk.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/506/requerimento_201_refoma_da_escola_de_ericeira-marcus.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/507/requerimento_202_reforma_de_esgoto-marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/508/requerimento_203_sinal_livre_de_internet_fabio_e_joao.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/509/requerimento_204-_limpeza__na_estrada_que_da_ac_ePTSTPE.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/510/requerimento_205_reforma_da_praca_de_ericeira-vi_RhRXbol.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_206_recolhimento_de_lixo_santa_barb_7PdlHFD.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_207possibilidade_de_2_postes_de_il_73f45vf.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/513/requerimento_208_revisao_de_iluminacao_publicaa_0zfxj5F.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/514/requerimento_209_compra_de_caminhao_pipa.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/515/requerimento_210_recolhimento_de_lixo.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/516/requerimento_211numero_de_telefone_celular_pm.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/517/requerimento_212_limpeza_antonio_rosa_joao.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/518/requerimento_213_implantacao_de_programa_de_hab_tz645CF.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/519/requerimento_215-_avaliacao_da_ponte_de_serrari_yRAOoKn.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/522/requerimento_215-_avaliacao_da_ponte_de_serrari_3w2Qqfw.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_216_colocacao_de_material_fabio.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_217_reforma_de_bueiro_ericeira_marcus.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/525/requerimento_218_conceder_uniforme_roberta.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/526/requerimento_219_cursos_profissionalizantes_fab_sw0Zrfe.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/527/requerimento_220_posto_de_saude_sede_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/528/requerimento_221parque_de_diversao_no_bairro_da_9F3N6D5.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/529/requerimento_222_estrada_da_gruta_e_silveira_lo_spEg5uM.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/530/requerimento_223_projeto_de_lei_leonardo.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/531/requerimento_224_pintura_da_escola_ericeira_vino_e_joao.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/532/requerimento_225_ampliacao_das_instalcoes_da_qu_cUnoamz.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/533/requerimento_226_abertura_do_escritorio_joao_e_caca.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/534/requerimento_227_pediatra_ericeira_vino.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/536/requerimento_229_transijtar_em_mao_unica_alessandro.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/538/requerimento_230_copasa_fabioroberta_e_leo.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/539/requerimento_231-_retirar_o_efetivo_programa_-l_LyTq9rJ.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/540/requerimento_232_grade_para_bueiro_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/542/requerimento_234_reforma_da_ponte_sitio_sao_ben_A7pHmck.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/543/requerimento_235_abertura_do_talude_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/544/requerimento_236_construcao_de_uma_sala_para_eq_080lL4u.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/545/requerimento_237_contratacao_de_cardiologista_j_J2Ad59V.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/546/requerimento_238_reforma_do_posto_de_saude_joaofabioleo.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/547/requerimento_239_colocacao_de_placas_informativ_eUpYiwr.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/548/requerimento_240_convenio_com_a_defensoria_publica.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/549/requerimento_241_possibilidade_de_visitar_paren_vOM0DWJ.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/550/requerimento_242_latao_de_lixo_ao_lado_da_camra_PPVfPlo.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/551/requerimento_243_instalacao_de_cameras_nas_esco_LBH4W8Q.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/552/requerimento_244_buscar_orgaos_estaduais_como_a_VUlJMDj.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/553/requerimento_245-criacao_de_uma_cooperativa-joao.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/554/requerimento_246-busca_de_aumento_e_geracao_de__cP64Q89.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/555/requerimento_247-explorar_e__valorizar_forma_ad_rbfL3CI.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/556/requerimento_248-_agenda_de_visitas_nas_comunid_X5zLgvY.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/557/requerimento_249-_buscar_alternativas_para_melh_aHYWS4C.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/558/requerimento_250-_dar_incentivo_aos_eventos-joao.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/559/requerimento_251-_busca_de_padronizacao_de_um_c_LRpdCrz.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/560/requerimento_252-_implementar_incentivos_para_o_eDy0PSL.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/561/requerimento_253-_apoio_a_secretaria_de_agricul_rKjQwDr.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/562/requerimento_254__fabrica_de_broquete-fabio.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/563/requerimento_255__ambulancias_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/564/requerimento_256_retirada_dos_ferros_na_rua-bai_nJrnOEz.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/565/requerimento_257criada_caixa_postal-_fabio.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/566/requerimento_258_quebra_mola_marechal_damasceno_eO1h2VA.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/567/requerimento_259_viatura_para_policia_militar.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/568/requerimento_260_paque_nas_localidades.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/569/requerimento_261_reforma_de_pavimentacao_dedas__zAFg0fK.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/570/requerimento_262_analise_da_agua_da_mina_de_eri_eRXw6so.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/571/requerimento_263_reforma_da_ponte_da_cidade-_joao.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/572/requerimento_264_para_-_raios-_joao_e_roberta.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/573/requerimento_265_colocacao_de_cano_capela_motua_VHrlcj6.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/574/requerimento_266_limpeza_do_corrego_de_ericeira_uyYTj89.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/575/requerimento_267_manuntencao_de_portao_do_ps_er_I1ZbEHC.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/576/requerimento_268_solicito_a_poda_da_arvore_mata_NeAtmhx.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/577/requerimento_269_reativacao_do_cruzeiro-_joao_carlos.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/578/requerimento_270_plano_de_saude-_alessandro.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/579/requerimento_271_contratacao_de_uma_professora__8hnzn8m.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/580/requerimento_272_ticket_alimentacao-_alessandro.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/581/requerimento_273_assitencia_social-_leonardo.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/582/requerimento_274_sistema_de_normatizacao-_fabio_NV21zl3.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/583/requerimento_275_aumentar_a_demanda_de_cardiolo_YFO83WF.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/584/requerimento_276-_piso_da_quadra_de_erceira-_vino.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/585/requerimento_277-_caixa_para_filtrar_agua_erice_iA1j7lk.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/587/requerimento_279-_projeto_meio_ambiente-_alessandro.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/588/requerimento_280-_transformar_e.ericeira_em_uma_3Gy1WpK.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/589/requerimento_281_ampar_massa_asfaltica-_alessandro.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/590/requerimento_282-_equipamnetod_de_protecao_indi_iVKVH09.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/591/requerimento_283-_asfalto_pintarv_a_afaixa-_mar_P2Hh1G5.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/592/requerimento_284-_aplicacao_de_fluor_em_todo_en_O1OMgio.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/593/requerimento_285-__coreto_na_praca_mauro_roquet_KngpUKF.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/594/requerimento_286-_samu__roberta_e_joao_carlos.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/595/requerimento_287-_iluminacao_portelinha-_roberta_e_joao.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/596/requerimento_288_-_trilho_de_guar_rail_leo._fab_hM0wew9.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/597/requerimento_289-_sinal_analogico-_fabio.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/598/requerimento_290-__veterinario_no_posto_de_saude-_fabio.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/599/requerimento_291_-_plano_de_saude_para_funconar_SPXf9bP.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/600/requerimento_292_-_retirada_do_mata-burro_na_es_ey3xhra.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/601/requerimento_293-_desapropriacaoo_terreno_coope_Ts6cRAH.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/602/requerimento_294-_criacao_de_um_cargo_para_coor_fHCE2b8.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/603/requerimento_295-_construcao_de_capela_mortuaria_fabio.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/604/requerimento_296-_poda_de_arvore__marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/605/requerimento_297-__junta_briagadista_joao_carlos.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/606/requerimento_298-_retirada_de_entulhos_e_fazer__exrDhQ0.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/607/requerimento_299-__solicita_informacoes_da_refo_3NiShBT.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/608/requerimento_300-_solicita_quebra_mola_trevo.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/609/requerimento_301_bueiro_34_antonio_bruno.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/610/requerimento_302_-_limpeza_dos_bueiros_e_margen_6o2fDZx.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/612/requerimento_304_-_urgencia_limpeza_do_corrego__6IEWgq6.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/613/requerimento_305-_limpeza__com_ensaibramento_da_dxReFQu.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/614/requerimento_306_limpeza_urgente__de_todos_buei_hXTO2DB.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/615/requerimento_307_placas_de_informacao_alessandro.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/616/requerimento_308_criacao_de_gurada_municipal_alessandro.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/617/requerimento_309_rol_de_medicamentos_nos_postos_j1U221v.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/618/requerimento_310_rertirada_do_ferro_da_passarel_bVWFA62.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/619/requerimento_311_-suposta_denuncia_creche_leonardo.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/744/substitutivo_no02_do_ple_no21.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/626/mocao_de_aplausos_no_002_auxiliares_de_servicos_I5j7iJ2.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/628/mocao_de_aplausos_no_003_operarios.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/629/mocao_de_aplausos_no_004_comissionados.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/630/mocao_de_aplausos_no_005_monitores_de_creche.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/631/mocao_de_aplausos_no_006_agentes_administrativos.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/632/mocao_de_aplausos_no_007_procurador_municipal.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/633/mocao_de_aplausos_no_008_medicos_e_odontologos.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/634/mocao_de_aplausos_no_009_professores.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/635/mocao_de_aplausos_no_010_fisioterapeutas.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/636/mocao_de_aplausos_no_011_farmacentica.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/637/mocao_de_aplausos_no_012_oficiais_especializados.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/638/mocao_de_aplausos_no_013_auxiliar_de_enfermagem.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/639/mocao_de_aplausos_no_014_operador_de_maquina.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/640/mocao_de_aplausos_no_015_motoristas.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/641/mocao_de_aplausos_no_016_agente_comunitario_de_saude.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/642/mocao_de_aplausos_no_017_supervisoras_educacionais.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/643/mocao_de_aplausos_no_018_auxiliar_administrativo.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/644/mocao_de_aplausos_no_019_orientadora_educacional.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/645/mocao_de_aplausos_no_020_pedreiros_e_serventes.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/646/mocao_de_aplausos_no_021_enfermeiras.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/647/mocao_de_aplausos_no_022_assistentes_sociais.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/648/mocao_de_aplausos_no_023_agentes_de_vigilancia__tU6z99f.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/649/mocao_de_aplausos_no_024_funcionarios_da_camara.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/650/mocao_de_aplausos_no_025_psicologa.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/652/mocao_de_aplausos_no_026_jovens_de_ericeira.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/653/mocao_de_aplausos_no_027_doadores_do_leilao_apae.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/654/mocao_de_aplausos_no_028_entregadora_de_cartas__94NlArD.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/655/mocao_de_aplausos_no_029_secretaria_de_saude_isabel..docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/656/mocao_de_aplausos_no030_funcionario_felipe_dentista.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/657/mocao_de_aplausos_no031_prefeito_da_cidade.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/658/mocao_de_pesar_no_002_pesar_002_maria_de_lurdes_jacinto.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pedido_de_informacao_no_00117_informacaos_sobre_muwnyIm.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pedido_de_informacao_no_00217_informacaos_sobre_GZzIirw.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/662/pedido_de_informacao_no_00317_informacao_funcio_bWrqvZZ.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/664/pedido_de_providencia_00117_providencia.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/665/pedido_de_providencia_00217_providencia_coleta__eIuKlZY.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/666/pedido_de_providencia_00317_providencia_ilumina_hw1URtR.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/667/pedido_de_providencia_00417_providencia_colocac_JLjovZY.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/668/pedido_de_providencia_00517_providencia_reforma_lgpDWAX.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/715/projeto_de_lei_no_01_17_estrutura_prefeitura_secretarios.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/730/projeto_de_lei_no_15_estrutura_organica_da_admi_mUo03oc.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/741/projeto_de_lei_no_26_issqn.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/716/projeto_de_lei_no_02_17_parcelamento_fiscal.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/717/projeto_de_lei_no_03_17_credito_especial_onibus.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/718/projeto_de_lei_no_04_17_estatuto_servidores_modificacao.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/720/projeto_de_lei_no_05_17_adequacao_piso_prof_i.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/721/projeto_de_lei_no_06_17_auxilio_alimentacao.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/722/projeto_de_lei_no_07_17_revisao_geral.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/723/ple_no08_de_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/724/projeto_de_lei_no_09_17_ldo_18.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/725/projeto_de_lei_no_10_de_22_de_maio_de_2017_convenio_ciee.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/726/projeto_de_lei_no_11_de_26_de_maio_de_2017_auxil_6peCRvX.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/727/projeto_de_lei_no_12_altera_lei_supervisor_pedagogico.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/728/projeto_de_lei_no_13_altera_lei_929_11_um_terco.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/729/projeto_de_lei_no_14_convalidacao_cessao_terreno_camara.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/731/projeto_de_lei_no_16_de_04_de_agosto_de_2017_cre_SxbsJ09.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/732/projeto_de_lei_no_17_concurso_leiteiro.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/733/projeto_de_lei_no_18_ppa.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/734/projeto_de_lei_no_19_loa.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/735/projeto_de_lei_no_20_subvencao.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/736/ple_no21_de_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/737/projeto_de_lei_no_22_contratacao_temporaria.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/738/projeto_de_lei_no_23_fumpac.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/739/projeto_de_lei_no_24_ponte_santa_barbara.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/740/projeto_de_lei_no_25_criacao_do_sim.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/743/projeto_de_lei_no_27_17_parcelamento_fiscal.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/745/projeto_de_lei_no_001_-_subsidios_dos_secretario_cdeUlC8.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/746/projeto_de_lei_no_002_-__institui_a_estrutura_ad_8Gc9CVs.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/747/projeto_de_lei_no_003_-_alteracao_do_anexo_iv_ca_CNN5CV1.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/749/projeto_de_lei_no_004_-_contratacao_temporaria_s_VJ93k24.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/976/pll_0032017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/1066/projeto_resolucao_001.2017_aprovacao_contas_exe_7fmoVqT.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/304/requerimento_001_carro_de_fumace_fabio.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/305/requerimento_002-_contratacao_de_mais_um_pediat_VD4LJIm.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/306/requerimento_003-_portao_de_acesso_da_quadra_pa_gJf8TDp.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/307/requerimento_004_reparo_ladeira_sao_sebastiao_se_D4OmA0o.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/308/requerimento_005iluminacao_das_pracas_de_sosseg_QNnPdPF.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/309/requerimento_006contratacao_de_mais_um_pediatra_vtfJ7Rj.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/310/requerimento_007-_iluminacao_da_pedreira_do_bai_gk0Ynmh.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/311/requerimento_008_ambulancia_bflores__leonardo.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/312/requerimento_009-_construcao_e_instalacao_de_re_H6V3lYj.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/314/requerimento_011-colocar_iluminacao_e_terminar__Bx7LyZN.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/315/requerimento_012iluminacao_estrada_sousa_aguiar__BXFoe1c.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/316/requerimento_013_contratacao_de_mais_um_ginecol_DW5YHs2.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/317/requerimento_014_pavimentacao_de_uma_juncao_da__gSrgs4y.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/318/requerimento_015calcamento_av_ultimo_de_carvalho_wORlZPa.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/319/requerimento_016_iluminacao_publica_rua_bflores_leonardo.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/320/requerimento_017_iluminacao_das_pracas_de_sosse_ByYUBd8.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/321/requerimento_018_intalacao_de_retransmissora_da_LJRi8JJ.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/322/requerimento_019_melhoriadas_estradas_e_ruas_leonardo.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/323/requerimento_020_iluminacao_praca_bflores_fabio.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/324/requerimento_021_pode_de_arvores_da_praca_do_bfl_hlwMQpC.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/325/requerimento_022_arrumacao_da_escada_do_migliano-fabio.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/326/requerimento_023_calcamento_machado_coelho_fabio.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/327/requerimento_024_calcamento_ruas_loteamento_tirano_fabio.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/328/requerimento_025_limpeza_nos_pocos_artesianos_e_h56QSF4.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/329/requerimento_026-faca_varredura_para_retirar_ca_uGjDESk.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/330/requerimento_027_iluminacao_rua_antonio_rosa_joao_carlos.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/331/requerimento_028_colocacao_de_telefone_fixo_na__gfZVeBz.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/333/requerimento_030_parque_de_diversao_ericeira-marcus_v.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/334/requerimento_031-_reforma_da_quadra_ao_lado_da__2af1n3R.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/335/requerimento_032-_rocada_e_manutencao_na_estrad_C2OTAgR.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/336/requerimento_033_iluminacao_de_rua_slobo_fabio.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/337/requerimento_034_contratacao_de_professor_de_ed__5MC3BIF.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/338/requerimento_035_ajuda_na_desinterdicao_santanense_fabio.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/339/requerimento_036_onibus_para_cadeirantes_fabio_r_YC8zI7G.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/340/requerimento_037_lixeiras_em_todo_municipio_fabio.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/341/requerimento_038_manutencao_e_limpeza_rede_de_es_A07nmX1.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/342/requerimento_039-_construcao_de_quadra_no_milgl_IztueAb.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/343/requerimento_040-implosao_da_pedreira-__fabio.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/344/requerimento_041-__colocacao_de_poste_na_rua_an_ZNRfjPM.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/345/requerimento_042_iluminacao_e_calcamento_rua_ant_kG2mIDl.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/346/requerimento_043_iliminacao_rua_antonio_bruno_fa_Igcsnn6.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/347/requerimento_044_limpeza_do_rio_caguicho-_joao_carlos.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/348/requerimento_045_limpeza_de_estrada_-fabioleorob_9pjCPtp.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/350/requerimento_047_iluminacao_esquina_no_bflores_fabio.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/351/requerimento_048_limpeza_das_copas_dos_coqueiros_OvQ22WG.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/353/requerimento_050_limpeza_da_estrada_santana_jf-_fabio.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/354/requerimento_051__quebra_molas_rua_pedro_coelho__RxQdfs7.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/355/requerimento_052_rampa_de_acesso_para_o_cartorio_fabio.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/356/requerimento_053_reforma_da_quadra_de_ericeira___ua6mlrQ.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/357/requerimento_054_ponto_de_onibus_rua_milton_mont_Eek76nY.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/358/requerimento_055-_colocacao_de_tambores_de_lixo_AGVyiL2.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/359/requerimento_056_reforma_do_telhado_da_casa_do_artesao.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/360/requerimento_057_tele_centro_no_bf__fabio.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/361/requerimento_058_construcao_de_cobertura_para_os_PmuSIA1.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_060-a_veriguar_as_lampadas_postes_f_qsmSQ0D.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_061_mrscancela_no_bairro_das_flores_BCOi2KA.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/365/requerimento_062-_concretagem_em_torno_dos_poco_N5HfjjL.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/366/requerimento_063_passarela_bflores_lgasparian__f_GEjV7g6.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/367/requerimento_064_calcamento_ericeira_-marcus_vinicius.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/368/requerimento_065-_remarcacao_dos_pontos_de_taxi_LObRNPH.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/369/requerimento_066_manilha_ericeira.-marcus_v.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/370/requerimento_067_reforma_da_praca-marcus_v.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/371/requerimento_068-_colocacao_postes_na_rua_sever_xavIMK4.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/372/requerimento_069-_mata_burro-marcus_vinicius_e_fabio.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/373/requerimento_070_implementos_para_trator_joao_carlos.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/374/requerimento_071_tranferencia_da_academia_erice_VP5AQsN.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/375/requerimento_072_limpeza_e_dragagem_de_corrego_f_85Ubr6c.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/376/requerimento_073-colocacao_da_academia_da_saude_kn6Fi0f.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/377/requerimento_074_melhoria_na_descida_do_biacano__zHUYtOX.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/379/requerimento_075_placas_com_nomes_de_ruas_e_loca_36mwTpu.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/380/requerimento_076-_requere_que_medicamentos_seja_YLuNzgz.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/381/requerimento_077-escada_e_iluminacao_n_80-marcus_v.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/382/requerimento_078_construcao_da_escada_no_loteam_6FmoUTg.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/383/requerimento_079_reforma_do_posto_de_saude_eric_0Jorf32.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/384/requerimento_080_calcamento_das_ruas_do_bairro_d_dclz0kI.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/385/requerimento_081-_limpeza_na_ru_antonio_rosa_ma_XAl2TZg.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/386/requerimento_082_colocacao_de_poste_rua_francisc_DXDRm86.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/387/requerimento_083_limpeza_de_boeiros_e_bocas_de__30IiyAd.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/388/requerimento_084_termino_do_calcamenteo_rua_da_e_xOBXl7P.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/389/requerimento_085-_iluminacao_na_praca_de_ericei_CZZRHTX.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/390/requerimento_086-iluminacao_em_frente_ao_galpao_BjFLUiR.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/391/requerimento_087_cobertura_para_arquibancada_do_jBvPLJv.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/392/requerimento_088__ampliamento_ericeira_marcus_v.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/393/requerimento_089-revisao_de_diaria_fabiorobertal_dRYKoTb.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/394/requerimento_090-_iluminacao_publica_loteamento_2VZH2Gf.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/395/requerimento_091-reparo_da_rede_de_esgoto_e_rep_Ck2M9lc.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/396/requerimento_092_calha_na_avenida_silvio_bastos_jK0rBnI.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/397/requerimento_093-_quebra_mola_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/398/requerimento_094-contratacao_de_psicologo_pra_e_DiA7jbB.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/399/requerimento_095_reforma_da_estacao_de_serraria_fabio.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/400/requerimento_096-_impostos_anistia_de_impostos__AxuwxBd.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/401/requerimento_097-limpeza_das_margens_do_bicano__cQyylcK.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/402/requerimento_098_-estenda_a_pavimentacao_asfalti_o4JQtsL.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/403/requerimento_099_linha_telefonica_no_posto_de_sa_CrwdB68.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_100_construcao_de_muro_na_divisa_do_15wBNv3.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/405/requerimento_101-_colocacao_de_cacamba_de_lixo-_ijV3C3T.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/406/requerimento_102-limpeza_do_beco_da_mina_fabio__87sQCNR.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_103-_iliminacao_na_r....._fabio_ro_gymMDRJ.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/408/requerimento_104-_iluminacao_da_estacao_de_serr_abo4Lwh.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/409/requerimento_105-_construcao_de_ponto_de_onibus_ZwE2NvZ.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_106_capitacao_de_agua_fluvial_eric_ycOOV40.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/411/requerimento_107-_reparo_do_bueriro_e_coloccao_d_v1bWq3l.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_108_poste_de_iluminacao_e_calcament_QGp4lPB.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_109_coloque_grade_no_bueiro_de__er_web6w6F.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_110_analise_de_agua_do_municipio__f_bFOL8fV.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/415/requerimento_111recolocacao_do_meio_fio_ericeir_BNUCYy6.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_112_-interceda_junto_ao_der_reforma_oziyv15.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/417/requerimento_113_criado_curso_de_artesanato_fabi_DMjTZog.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/418/requerimento_114_rampa_para_cadeirantes_escola_e_v1cipDp.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/419/requerimento_115-_tampar_os_buracos_do_asfalto__CQ2w0Lk.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/420/requerimento_116-colocacao_de_lixeira_em_frente_fzbT9Us.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_117-_iluminacao_na_escadaria_da_ca_5yts1mo.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/422/requerimento_118-plantacao_de_grama_e_arvores_n_biefRnV.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/423/requerimento_119_coloque_bueiro-fabiorobertajoa_kuGGAAP.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/424/requerimento_120-_contratacao_de_clinico_geral__ozpKrPX.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/425/requerimento_121-_reforma_na_estrada_de_serrari_MNQYjFZ.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/426/requerimento_122-_coleta_de_residuos_joao.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/427/requerimento_123-_poste_de_iluminacao_publicana_yB4iB6A.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/428/requerimento_124_pavimentacao_da_rua_antonio_jo_WQUJ79o.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/429/requerimento_125-_instalacao_de_dois_poste_marc_CXgk6PZ.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/430/requerimento_126-_rua_francelino_correa.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/431/requerimento_127-_sinal_de_celular_em_ericeira-_SL3E7r8.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_128_autorizacao_de_projeto_horto_e_OguXOrj.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_129-_passar_a_maquina_na_estrada_d_ajxEydK.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/434/requerimento_130-colocacao_de_saibro_no_trecho__Ytbqcxo.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/435/requerimento_131-_rampa_casa_do_artesao__joao_carlos.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/436/requerimento_132_convenio_para_dragarem_rio_cagi_EXKBuA1.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/437/requerimento_133-__limpeza_da_valeta_ao_lado_da_lZIJKSW.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/438/requerimento_134_criacao_de_cargo_de_psicologo_f_Buo7wAa.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/439/requerimento_135-_urbanizacao_da_rua_domiciano__id2Et5W.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/440/requerimento_136-__quebra_mola_na_rua_arcilia_-_mf9pzEf.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/441/requerimento_137_iluminacao_marcus_vinicius.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/442/requerimento_138_calcamento_rua_francisco_de_sou_VFXAb5z.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/443/requerimento_139ponto_de_onibus-marcus_v..docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/444/requerimento_140-_recolhimento_de_lixo.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/445/requerimento_141_tampa_do_bueiro_da_rua_melo_br_8PfvxMq.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/446/requerimento_142-_limpeza_na_estrada_de_ericeir_6u4G2yM.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/447/requerimento_143-_instalacao_do_sistema_automat_RPK0NPu.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/448/requerimento_144-_numero_de_celular.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/449/requerimento_145_bebedouro_na_emmab_ericeira_mar_J1zpcwL.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/450/requerimento_146_verificar_a_possibilidade_de_r_HN5zmod.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/451/requerimento_147-_orelhao_na_rua_wilson_sanabio_GUmUJIp.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/452/requerimento_148-_iluminacao_no_migliano-fabio.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/453/requerimento_149_melhoria_na_iluminacao_de_slobo_f9iClyI.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/454/requerimento_150-reforcando_instalacao_de_ilumi_3mopOLx.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/455/requerimento_151__limpeza_das_margens_do_correg_byd4DnT.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/456/requerimento_152-_reparo_na_estrada_da_piedade-_Pmln0Ai.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/457/requerimento_153-_passar_a_patrol_na_estrada_do_oh2tzau.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/458/requerimento_154-reforma_da_mina_ericeira-marcus_v.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/459/requerimento_155-termino_calcamento_da_estacao__VEDroTL.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/460/requerimento_156-recuperacao_da_escola_de_santa_gg3dnAy.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/461/requerimento_157_sala_de_curativos_ubs_sossego_f_p1Th0t7.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/462/requerimento_158-_reforma_do_repuxo_da_praca_ma_L6zzWAj.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/463/requerimento_159_motocicleta_para_a_saude-_fabi_PQJyk5k.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/464/requerimento_160-_transformador_na_portelinha-f_pqzxDzT.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/465/requerimento_161_bebedouro_posto_de_silveria_lobo_fabio.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/466/requerimento_162_colocacao_de_lampada_no_poste__ZSwCPuL.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/467/requerimento_163_quadra_poliesportiva_slobo_fabi_VdiC4ho.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/468/requerimento_164_quadra_poliesportiva_sbarbara_f_m4rrLr9.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/469/requerimento_165-_placas_de_identificacao_nos_q_ECrSIyC.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/470/requerimento_166-_placas_de_identificacao_e_pin_px4rPNj.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/471/requerimento_167guarda_corpo_ponta_de_ericeira_m_9rzxs6U.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/472/requerimento_168_implantacao_de_programa.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/473/requerimento_169termino_da_rede_de_esgoto_e_ilu_7kLwC1i.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/474/requerimento_170_audiencia_publica_mrs_logistica_fabio.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/475/requerimento_171__colocacao_de_postes_na_r._sev_DE9FHHg.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/476/requerimento_172_poste_e_luminario_na_rua_joao_m_0K7JnAl.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/477/requerimento_173_troca_de_2_telhas_na_quadra_po_gsmWTZB.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/478/requerimento_174-_passar_maquina_de_sao_marcos__I2fcFJV.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/479/requerimento_175_colocacao_de_globo_de_iluminac_LKrPtp9.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/480/requerimento_176_colocacao_de_redes_bomba_dagua_Sp5hY73.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/481/requerimento_177reforma_dos_vestiarios_campo_bfl_CVsPG9s.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/482/requerimento_178_limpeza_da_escola_de_bairro_da_OqGIJXO.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/483/requerimento_179_-fechamento_de_rua_em_ericeira__wMETw8g.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/484/requerimento_180_iluminacao_rua_mando_david_graz_ocJUy10.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/485/requerimento_181_compra_de_rocadeiras_fabiorober_Rg5P0T8.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/486/requerimento_182_-colocacao_de_iluminacao_publi_5PoKf5y.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/487/requerimento_183-limpeza_na_margens_dos_rios_e__y1AIRSH.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/488/requerimento_184_informatica_no_bairro_das_flore_PIRem4T.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/489/requerimento_185_calcadao_entre_serraria_e_entra_IjalUWB.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/490/requerimento_186-grades_em_buerio_r_francelino_c_ldpqLZ3.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/492/requerimento_188-_placas_de_proibido_estacionar_hdVvEv9.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/494/requerimento_190-_calcamento_da_rua_hamilton_sa_J2CpL75.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/495/requerimento_191calcamento_de_ruas_em_sossego__j_d9Qsw8z.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/496/requerimento_192_banheiros_nas_pracas_das_locali_D4r2HHj.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/497/requerimento_193manutencao_do_bueiro_grade_av.s_uIibl8q.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/498/requerimento_194-_tampa_do_boeiro_na_av._silvio_vLPcxP7.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/500/requerimento_195_rocada_estrada_santana_serraria_fabio.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/501/requerimento_196-_reforma_da_unidade_de_saude_s_SgZWv8q.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/502/requerimento_197cameras_de_monitoramento_nas_cre_YtlWkQS.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/503/requerimento_198_ampliacao_da_ponte_de_silveira__5FCTxYE.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/504/requerimento_199_poda_da_arvore-marcus_v.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/505/requerimento_200_reparos_na_quadra_da_emjk.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/506/requerimento_201_refoma_da_escola_de_ericeira-marcus.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/507/requerimento_202_reforma_de_esgoto-marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/508/requerimento_203_sinal_livre_de_internet_fabio_e_joao.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/509/requerimento_204-_limpeza__na_estrada_que_da_ac_ePTSTPE.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/510/requerimento_205_reforma_da_praca_de_ericeira-vi_RhRXbol.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_206_recolhimento_de_lixo_santa_barb_7PdlHFD.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_207possibilidade_de_2_postes_de_il_73f45vf.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/513/requerimento_208_revisao_de_iluminacao_publicaa_0zfxj5F.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/514/requerimento_209_compra_de_caminhao_pipa.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/515/requerimento_210_recolhimento_de_lixo.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/516/requerimento_211numero_de_telefone_celular_pm.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/517/requerimento_212_limpeza_antonio_rosa_joao.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/518/requerimento_213_implantacao_de_programa_de_hab_tz645CF.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/519/requerimento_215-_avaliacao_da_ponte_de_serrari_yRAOoKn.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/522/requerimento_215-_avaliacao_da_ponte_de_serrari_3w2Qqfw.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_216_colocacao_de_material_fabio.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_217_reforma_de_bueiro_ericeira_marcus.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/525/requerimento_218_conceder_uniforme_roberta.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/526/requerimento_219_cursos_profissionalizantes_fab_sw0Zrfe.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/527/requerimento_220_posto_de_saude_sede_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/528/requerimento_221parque_de_diversao_no_bairro_da_9F3N6D5.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/529/requerimento_222_estrada_da_gruta_e_silveira_lo_spEg5uM.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/530/requerimento_223_projeto_de_lei_leonardo.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/531/requerimento_224_pintura_da_escola_ericeira_vino_e_joao.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/532/requerimento_225_ampliacao_das_instalcoes_da_qu_cUnoamz.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/533/requerimento_226_abertura_do_escritorio_joao_e_caca.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/534/requerimento_227_pediatra_ericeira_vino.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/536/requerimento_229_transijtar_em_mao_unica_alessandro.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/538/requerimento_230_copasa_fabioroberta_e_leo.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/539/requerimento_231-_retirar_o_efetivo_programa_-l_LyTq9rJ.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/540/requerimento_232_grade_para_bueiro_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/542/requerimento_234_reforma_da_ponte_sitio_sao_ben_A7pHmck.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/543/requerimento_235_abertura_do_talude_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/544/requerimento_236_construcao_de_uma_sala_para_eq_080lL4u.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/545/requerimento_237_contratacao_de_cardiologista_j_J2Ad59V.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/546/requerimento_238_reforma_do_posto_de_saude_joaofabioleo.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/547/requerimento_239_colocacao_de_placas_informativ_eUpYiwr.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/548/requerimento_240_convenio_com_a_defensoria_publica.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/549/requerimento_241_possibilidade_de_visitar_paren_vOM0DWJ.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/550/requerimento_242_latao_de_lixo_ao_lado_da_camra_PPVfPlo.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/551/requerimento_243_instalacao_de_cameras_nas_esco_LBH4W8Q.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/552/requerimento_244_buscar_orgaos_estaduais_como_a_VUlJMDj.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/553/requerimento_245-criacao_de_uma_cooperativa-joao.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/554/requerimento_246-busca_de_aumento_e_geracao_de__cP64Q89.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/555/requerimento_247-explorar_e__valorizar_forma_ad_rbfL3CI.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/556/requerimento_248-_agenda_de_visitas_nas_comunid_X5zLgvY.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/557/requerimento_249-_buscar_alternativas_para_melh_aHYWS4C.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/558/requerimento_250-_dar_incentivo_aos_eventos-joao.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/559/requerimento_251-_busca_de_padronizacao_de_um_c_LRpdCrz.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/560/requerimento_252-_implementar_incentivos_para_o_eDy0PSL.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/561/requerimento_253-_apoio_a_secretaria_de_agricul_rKjQwDr.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/562/requerimento_254__fabrica_de_broquete-fabio.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/563/requerimento_255__ambulancias_marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/564/requerimento_256_retirada_dos_ferros_na_rua-bai_nJrnOEz.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/565/requerimento_257criada_caixa_postal-_fabio.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/566/requerimento_258_quebra_mola_marechal_damasceno_eO1h2VA.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/567/requerimento_259_viatura_para_policia_militar.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/568/requerimento_260_paque_nas_localidades.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/569/requerimento_261_reforma_de_pavimentacao_dedas__zAFg0fK.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/570/requerimento_262_analise_da_agua_da_mina_de_eri_eRXw6so.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/571/requerimento_263_reforma_da_ponte_da_cidade-_joao.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/572/requerimento_264_para_-_raios-_joao_e_roberta.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/573/requerimento_265_colocacao_de_cano_capela_motua_VHrlcj6.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/574/requerimento_266_limpeza_do_corrego_de_ericeira_uyYTj89.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/575/requerimento_267_manuntencao_de_portao_do_ps_er_I1ZbEHC.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/576/requerimento_268_solicito_a_poda_da_arvore_mata_NeAtmhx.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/577/requerimento_269_reativacao_do_cruzeiro-_joao_carlos.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/578/requerimento_270_plano_de_saude-_alessandro.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/579/requerimento_271_contratacao_de_uma_professora__8hnzn8m.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/580/requerimento_272_ticket_alimentacao-_alessandro.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/581/requerimento_273_assitencia_social-_leonardo.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/582/requerimento_274_sistema_de_normatizacao-_fabio_NV21zl3.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/583/requerimento_275_aumentar_a_demanda_de_cardiolo_YFO83WF.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/584/requerimento_276-_piso_da_quadra_de_erceira-_vino.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/585/requerimento_277-_caixa_para_filtrar_agua_erice_iA1j7lk.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/587/requerimento_279-_projeto_meio_ambiente-_alessandro.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/588/requerimento_280-_transformar_e.ericeira_em_uma_3Gy1WpK.docx" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/589/requerimento_281_ampar_massa_asfaltica-_alessandro.docx" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/590/requerimento_282-_equipamnetod_de_protecao_indi_iVKVH09.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/591/requerimento_283-_asfalto_pintarv_a_afaixa-_mar_P2Hh1G5.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/592/requerimento_284-_aplicacao_de_fluor_em_todo_en_O1OMgio.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/593/requerimento_285-__coreto_na_praca_mauro_roquet_KngpUKF.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/594/requerimento_286-_samu__roberta_e_joao_carlos.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/595/requerimento_287-_iluminacao_portelinha-_roberta_e_joao.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/596/requerimento_288_-_trilho_de_guar_rail_leo._fab_hM0wew9.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/597/requerimento_289-_sinal_analogico-_fabio.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/598/requerimento_290-__veterinario_no_posto_de_saude-_fabio.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/599/requerimento_291_-_plano_de_saude_para_funconar_SPXf9bP.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/600/requerimento_292_-_retirada_do_mata-burro_na_es_ey3xhra.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/601/requerimento_293-_desapropriacaoo_terreno_coope_Ts6cRAH.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/602/requerimento_294-_criacao_de_um_cargo_para_coor_fHCE2b8.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/603/requerimento_295-_construcao_de_capela_mortuaria_fabio.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/604/requerimento_296-_poda_de_arvore__marcus_vinicius.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/605/requerimento_297-__junta_briagadista_joao_carlos.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/606/requerimento_298-_retirada_de_entulhos_e_fazer__exrDhQ0.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/607/requerimento_299-__solicita_informacoes_da_refo_3NiShBT.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/608/requerimento_300-_solicita_quebra_mola_trevo.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/609/requerimento_301_bueiro_34_antonio_bruno.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/610/requerimento_302_-_limpeza_dos_bueiros_e_margen_6o2fDZx.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/612/requerimento_304_-_urgencia_limpeza_do_corrego__6IEWgq6.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/613/requerimento_305-_limpeza__com_ensaibramento_da_dxReFQu.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/614/requerimento_306_limpeza_urgente__de_todos_buei_hXTO2DB.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/615/requerimento_307_placas_de_informacao_alessandro.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/616/requerimento_308_criacao_de_gurada_municipal_alessandro.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/617/requerimento_309_rol_de_medicamentos_nos_postos_j1U221v.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/618/requerimento_310_rertirada_do_ferro_da_passarel_bVWFA62.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/619/requerimento_311_-suposta_denuncia_creche_leonardo.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santanadodeserto.mg.leg.br/media/sapl/public/materialegislativa/2017/744/substitutivo_no02_do_ple_no21.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H388"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="88.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="86.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="242.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>